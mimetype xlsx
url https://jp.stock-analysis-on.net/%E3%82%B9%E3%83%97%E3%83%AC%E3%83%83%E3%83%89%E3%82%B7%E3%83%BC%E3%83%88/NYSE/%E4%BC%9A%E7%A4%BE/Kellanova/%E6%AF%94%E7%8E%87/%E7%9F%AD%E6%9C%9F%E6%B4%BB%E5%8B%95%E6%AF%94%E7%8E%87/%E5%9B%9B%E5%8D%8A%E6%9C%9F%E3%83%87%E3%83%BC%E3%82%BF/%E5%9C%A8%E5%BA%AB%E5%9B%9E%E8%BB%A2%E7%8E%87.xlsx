--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1023,60 +1023,60 @@
       <c r="D16" s="13">
         <v>1.2</v>
       </c>
       <c r="E16" s="13">
         <v>1.31</v>
       </c>
       <c r="F16" s="13">
         <v>1.25</v>
       </c>
       <c r="G16" s="13">
         <v>1.1</v>
       </c>
       <c r="H16" s="13">
         <v>1.15</v>
       </c>
       <c r="I16" s="13">
         <v>1.54</v>
       </c>
       <c r="J16" s="13">
         <v>1.41</v>
       </c>
       <c r="K16" s="13">
         <v>1.19</v>
       </c>
       <c r="L16" s="13">
-        <v>1.15</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="13">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="13">
-        <v>1.11</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="13">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="13">
         <v>0.0</v>
       </c>
       <c r="Q16" s="13">
         <v>0.0</v>
       </c>
       <c r="R16" s="13">
         <v>0.0</v>
       </c>
       <c r="S16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>