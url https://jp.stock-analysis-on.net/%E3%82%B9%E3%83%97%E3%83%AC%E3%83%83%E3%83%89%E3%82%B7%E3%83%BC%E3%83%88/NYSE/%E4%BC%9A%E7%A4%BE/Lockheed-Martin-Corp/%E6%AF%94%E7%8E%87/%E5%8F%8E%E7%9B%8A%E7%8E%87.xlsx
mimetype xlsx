--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -22,54 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="比率(概要)" sheetId="1" r:id="rId4"/>
     <sheet name="売上総利益率" sheetId="2" r:id="rId5"/>
     <sheet name="営業利益率" sheetId="3" r:id="rId6"/>
     <sheet name="純利益率" sheetId="4" r:id="rId7"/>
     <sheet name="ROE" sheetId="5" r:id="rId8"/>
     <sheet name="ROA" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>収益率</t>
   </si>
   <si>
     <t>売上高比率</t>
   </si>
   <si>
     <t>売上総利益率</t>
   </si>
   <si>
     <t>営業利益率</t>
   </si>
   <si>
     <t>純利益率</t>
   </si>
   <si>
     <t>投資比率</t>
   </si>
   <si>
     <t>自己資本利益率 (ROE)</t>
   </si>
   <si>
@@ -159,67 +156,58 @@
   <si>
     <t>総資産</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
   <si>
     <t>ROA競合 他社</t>
   </si>
   <si>
     <t>ROAセクター</t>
   </si>
   <si>
     <t>ROA産業</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -282,81 +270,80 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -645,1743 +632,1713 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F14" sqref="F14"/>
+      <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4"/>
-[...16 lines deleted...]
-    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="7">
+        <v>0.1015</v>
+      </c>
+      <c r="C6" s="7">
+        <v>0.0975</v>
+      </c>
+      <c r="D6" s="7">
+        <v>0.1255</v>
+      </c>
+      <c r="E6" s="7">
+        <v>0.1256</v>
+      </c>
+      <c r="F6" s="7">
+        <v>0.1352</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="B7" s="7">
+        <v>0.103</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.0987</v>
+      </c>
+      <c r="D7" s="7">
+        <v>0.1259</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.1265</v>
+      </c>
+      <c r="F7" s="7">
+        <v>0.1361</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="7" t="s">
-[...19 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="8" t="e">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="B8" s="7">
+        <v>0.0669</v>
+      </c>
+      <c r="C8" s="7">
+        <v>0.0751</v>
+      </c>
+      <c r="D8" s="7">
+        <v>0.1024</v>
+      </c>
+      <c r="E8" s="7">
+        <v>0.0869</v>
+      </c>
+      <c r="F8" s="7">
+        <v>0.0942</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A9" s="5" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="7" t="s">
-[...18 lines deleted...]
-    <row r="11" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="7">
+        <v>0.7465</v>
+      </c>
+      <c r="C10" s="7">
+        <v>0.8426</v>
+      </c>
+      <c r="D10" s="7">
+        <v>1.0124</v>
+      </c>
+      <c r="E10" s="7">
+        <v>0.6186</v>
+      </c>
+      <c r="F10" s="7">
+        <v>0.5762</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
+      </c>
+      <c r="B11" s="7">
+        <v>0.0838</v>
+      </c>
+      <c r="C11" s="7">
+        <v>0.0959</v>
+      </c>
+      <c r="D11" s="7">
+        <v>0.1319</v>
+      </c>
+      <c r="E11" s="7">
+        <v>0.1084</v>
+      </c>
+      <c r="F11" s="7">
+        <v>0.1241</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="7" t="s">
-[...19 lines deleted...]
-      <c r="A13" s="7" t="s">
+      <c r="A12" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="8" t="e">
-[...23 lines deleted...]
-      <c r="F14" s="9"/>
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
+      <c r="F12" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F20"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F20" sqref="F20"/>
+      <selection activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="9">
+        <v>7619.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>6930.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>8479.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>8287.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>9061.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="9">
+        <v>75048.0</v>
+      </c>
+      <c r="C7" s="9">
+        <v>71043.0</v>
+      </c>
+      <c r="D7" s="9">
+        <v>67571.0</v>
+      </c>
+      <c r="E7" s="9">
+        <v>65984.0</v>
+      </c>
+      <c r="F7" s="9">
+        <v>67044.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
-[...46 lines deleted...]
-    </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="11">
+        <v>0.1015</v>
+      </c>
+      <c r="C9" s="11">
+        <v>0.0975</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0.1255</v>
+      </c>
+      <c r="E9" s="11">
+        <v>0.1256</v>
+      </c>
+      <c r="F9" s="11">
+        <v>0.1352</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B9" s="10" t="e">
-[...41 lines deleted...]
-      <c r="A12" s="6" t="s">
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="12" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" spans="1:6" customHeight="1" ht="28.8">
+    <row r="12" spans="1:6">
+      <c r="A12" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0479</v>
+      </c>
+      <c r="C12" s="7">
+        <v>-0.0299</v>
+      </c>
+      <c r="D12" s="7">
+        <v>0.0993</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0.0526</v>
+      </c>
+      <c r="F12" s="7">
+        <v>0.0484</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.3449</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.3304</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.2691</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.263</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.382</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.3636</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.3319</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.3228</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.3155</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.3079</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.2195</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0.2455</v>
+      </c>
+      <c r="F15" s="7">
+        <v>0.2419</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.3809</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.3728</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.3699</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0.3585</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.1909</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0.1754</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.2038</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.194</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="14" t="s">
-[...46 lines deleted...]
-      <c r="F20" s="9"/>
+      <c r="A18" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="8"/>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F24" sqref="F24"/>
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="9">
+        <v>7731.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>7013.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>8507.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>8348.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>9123.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="9">
+        <v>75048.0</v>
+      </c>
+      <c r="C7" s="9">
+        <v>71043.0</v>
+      </c>
+      <c r="D7" s="9">
+        <v>67571.0</v>
+      </c>
+      <c r="E7" s="9">
+        <v>65984.0</v>
+      </c>
+      <c r="F7" s="9">
+        <v>67044.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
-[...28 lines deleted...]
-      <c r="A8" s="7" t="s">
+    <row r="9" spans="1:6">
+      <c r="A9" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="11">
+        <v>0.103</v>
+      </c>
+      <c r="C9" s="11">
+        <v>0.0987</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0.1259</v>
+      </c>
+      <c r="E9" s="11">
+        <v>0.1265</v>
+      </c>
+      <c r="F9" s="11">
+        <v>0.1361</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="10" t="e">
-[...65 lines deleted...]
-    <row r="13" spans="1:6" customHeight="1" ht="28.8">
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0479</v>
+      </c>
+      <c r="C12" s="7">
+        <v>-0.161</v>
+      </c>
+      <c r="D12" s="7">
+        <v>-0.0099</v>
+      </c>
+      <c r="E12" s="7">
+        <v>-0.0533</v>
+      </c>
+      <c r="F12" s="7">
+        <v>-0.0466</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.213</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.203</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.1397</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.1427</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.1862</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.1675</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.1455</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.1569</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.2603</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.2329</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.0849</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0.0605</v>
+      </c>
+      <c r="F15" s="7">
+        <v>0.0858</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.1933</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.1932</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.1812</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0.1803</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.081</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0.0517</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.0807</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.077</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A18" s="12" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
-[...98 lines deleted...]
-    </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
+        <v>0.0956</v>
+      </c>
+      <c r="D19" s="7">
+        <v>0.1011</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0.0829</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0.0911</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A20" s="13" t="s">
-        <v>24</v>
+      <c r="A20" s="12" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="14" t="s">
-[...19 lines deleted...]
-      <c r="A22" s="13" t="s">
+      <c r="A21" s="13" t="s">
         <v>26</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="F24" s="9"/>
+      <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
+        <v>0.0994</v>
+      </c>
+      <c r="D21" s="7">
+        <v>0.099</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0.0906</v>
+      </c>
+      <c r="F21" s="7">
+        <v>0.0924</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F24" sqref="F24"/>
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="9">
+        <v>5017.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>5336.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>6920.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>5732.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>6315.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="9">
+        <v>75048.0</v>
+      </c>
+      <c r="C7" s="9">
+        <v>71043.0</v>
+      </c>
+      <c r="D7" s="9">
+        <v>67571.0</v>
+      </c>
+      <c r="E7" s="9">
+        <v>65984.0</v>
+      </c>
+      <c r="F7" s="9">
+        <v>67044.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
-[...28 lines deleted...]
-      <c r="A8" s="7" t="s">
+    <row r="9" spans="1:6">
+      <c r="A9" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="11">
+        <v>0.0669</v>
+      </c>
+      <c r="C9" s="11">
+        <v>0.0751</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0.1024</v>
+      </c>
+      <c r="E9" s="11">
+        <v>0.0869</v>
+      </c>
+      <c r="F9" s="11">
+        <v>0.0942</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="B8" s="10" t="e">
-[...65 lines deleted...]
-    <row r="13" spans="1:6" customHeight="1" ht="28.8">
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.025</v>
+      </c>
+      <c r="C12" s="7">
+        <v>-0.1777</v>
+      </c>
+      <c r="D12" s="7">
+        <v>-0.0286</v>
+      </c>
+      <c r="E12" s="7">
+        <v>-0.0741</v>
+      </c>
+      <c r="F12" s="7">
+        <v>-0.0675</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.1759</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.1618</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.1185</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.1347</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.1525</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.1387</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.1186</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.1092</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.2057</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.1867</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.1468</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0.0031</v>
+      </c>
+      <c r="F15" s="7">
+        <v>-0.0917</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.1482</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.1543</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.14</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0.1611</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.0591</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0.0464</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.0775</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A18" s="12" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
-[...98 lines deleted...]
-    </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
+        <v>0.0665</v>
+      </c>
+      <c r="D19" s="7">
+        <v>0.0909</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0.0527</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0.0371</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A20" s="13" t="s">
+      <c r="A20" s="12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="14" t="s">
-[...51 lines deleted...]
-      <c r="F24" s="9"/>
+      <c r="A21" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
+        <v>0.0806</v>
+      </c>
+      <c r="D21" s="7">
+        <v>0.0832</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0.0504</v>
+      </c>
+      <c r="F21" s="7">
+        <v>0.0585</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F24" sqref="F24"/>
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="9">
+        <v>5017.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>5336.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>6920.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>5732.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>6315.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="9">
+        <v>6721.0</v>
+      </c>
+      <c r="C7" s="9">
+        <v>6333.0</v>
+      </c>
+      <c r="D7" s="9">
+        <v>6835.0</v>
+      </c>
+      <c r="E7" s="9">
+        <v>9266.0</v>
+      </c>
+      <c r="F7" s="9">
+        <v>10959.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
-[...46 lines deleted...]
-    </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="B9" s="10" t="e">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="B9" s="11">
+        <v>0.7465</v>
+      </c>
+      <c r="C9" s="11">
+        <v>0.8426</v>
+      </c>
+      <c r="D9" s="11">
+        <v>1.0124</v>
+      </c>
+      <c r="E9" s="11">
+        <v>0.6186</v>
+      </c>
+      <c r="F9" s="11">
+        <v>0.5762</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A10" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="11" t="s">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="B11" s="12" t="e">
-[...20 lines deleted...]
-    <row r="13" spans="1:6" customHeight="1" ht="28.8">
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.4098</v>
+      </c>
+      <c r="C12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.5537</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.5302</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.4225</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.3937</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.2052</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.169</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.1445</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.1306</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.466</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.339</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.3463</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0.0062</v>
+      </c>
+      <c r="F15" s="7">
+        <v>-0.1617</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.3064</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.3568</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.2974</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0.2985</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.0794</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0.0534</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.0716</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.0529</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A18" s="12" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
-[...98 lines deleted...]
-    </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
+        <v>0.1815</v>
+      </c>
+      <c r="D19" s="7">
+        <v>0.2789</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0.1339</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0.0848</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A20" s="13" t="s">
+      <c r="A20" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="14" t="s">
-[...51 lines deleted...]
-      <c r="F24" s="9"/>
+      <c r="A21" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
+        <v>0.2351</v>
+      </c>
+      <c r="D21" s="7">
+        <v>0.277</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0.1538</v>
+      </c>
+      <c r="F21" s="7">
+        <v>0.1538</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F24" sqref="F24"/>
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="9">
+        <v>5017.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>5336.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>6920.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>5732.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>6315.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="9">
+        <v>59840.0</v>
+      </c>
+      <c r="C7" s="9">
+        <v>55617.0</v>
+      </c>
+      <c r="D7" s="9">
+        <v>52456.0</v>
+      </c>
+      <c r="E7" s="9">
+        <v>52880.0</v>
+      </c>
+      <c r="F7" s="9">
+        <v>50873.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+    <row r="9" spans="1:6">
+      <c r="A9" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="11">
+        <v>0.0838</v>
+      </c>
+      <c r="C9" s="11">
+        <v>0.0959</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0.1319</v>
+      </c>
+      <c r="E9" s="11">
+        <v>0.1084</v>
+      </c>
+      <c r="F9" s="11">
+        <v>0.1241</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="5" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0133</v>
+      </c>
+      <c r="C12" s="7">
+        <v>-0.0756</v>
+      </c>
+      <c r="D12" s="7">
+        <v>-0.0162</v>
+      </c>
+      <c r="E12" s="7">
+        <v>-0.036</v>
+      </c>
+      <c r="F12" s="7">
+        <v>-0.0303</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.123</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.1181</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.0818</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.0784</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.0989</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.0837</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.0703</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.063</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.0669</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.0532</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.0581</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0.0012</v>
+      </c>
+      <c r="F15" s="7">
+        <v>-0.0328</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.0759</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.092</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.0797</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0.086</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.0293</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0.0197</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.0327</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.0239</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A18" s="12" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="7">
+        <v>0.0359</v>
+      </c>
+      <c r="D19" s="7">
+        <v>0.0521</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0.0284</v>
+      </c>
+      <c r="F19" s="7">
+        <v>0.0186</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A20" s="12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="7">
+        <v>0.0524</v>
+      </c>
+      <c r="D21" s="7">
+        <v>0.0561</v>
+      </c>
+      <c r="E21" s="7">
+        <v>0.0331</v>
+      </c>
+      <c r="F21" s="7">
+        <v>0.034</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="8" t="s">
         <v>9</v>
       </c>
-    </row>
-[...276 lines deleted...]
-      <c r="F24" s="9"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">