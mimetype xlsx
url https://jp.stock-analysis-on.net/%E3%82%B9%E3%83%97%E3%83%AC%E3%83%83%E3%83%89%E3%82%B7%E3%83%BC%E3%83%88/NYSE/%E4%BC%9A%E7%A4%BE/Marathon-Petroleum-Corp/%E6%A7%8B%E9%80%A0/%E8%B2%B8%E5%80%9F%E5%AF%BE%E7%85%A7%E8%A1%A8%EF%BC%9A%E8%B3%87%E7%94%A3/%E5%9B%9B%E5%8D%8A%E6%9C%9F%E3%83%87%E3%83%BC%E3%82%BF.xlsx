--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="財産" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Marathon Petroleum Corp.</t>
   </si>
   <si>
     <t>連結貸借対照表の構成:資産</t>
   </si>
   <si>
     <t>四半期データ</t>
   </si>
   <si>
     <t>現金および現金同等物</t>
   </si>
   <si>
     <t>短期投資</t>
   </si>
   <si>
     <t>売掛金(貸倒引当金を除く)</t>
   </si>
   <si>
     <t>在庫</t>
   </si>
   <si>
     <t>その他の流動資産</t>
   </si>
   <si>
@@ -79,67 +76,58 @@
   </si>
   <si>
     <t>オペレーティングリース使用権資産</t>
   </si>
   <si>
     <t>その他の固定資産</t>
   </si>
   <si>
     <t>固定資産</t>
   </si>
   <si>
     <t>総資産</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -193,78 +181,77 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="12">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -528,1216 +515,1211 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X22"/>
+  <dimension ref="A1:X20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X22" sqref="X22"/>
+      <selection activeCell="X20" sqref="X20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:24">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:24">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:24">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="I5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="J5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="K5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="L5" s="5">
+        <v>44651</v>
+      </c>
+      <c r="M5" s="5">
+        <v>44561</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44469</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44377</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44286</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44196</v>
+      </c>
+      <c r="R5" s="5">
+        <v>44104</v>
+      </c>
+      <c r="S5" s="5">
+        <v>44012</v>
+      </c>
+      <c r="T5" s="5">
+        <v>43921</v>
+      </c>
+      <c r="U5" s="5">
+        <v>43830</v>
+      </c>
+      <c r="V5" s="5">
+        <v>43738</v>
+      </c>
+      <c r="W5" s="5">
+        <v>43646</v>
+      </c>
+      <c r="X5" s="5">
+        <v>43555</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24">
+      <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
+      <c r="B6" s="7">
+        <v>0.0501</v>
+      </c>
+      <c r="C6" s="7">
+        <v>0.0521</v>
+      </c>
+      <c r="D6" s="7">
+        <v>0.0371</v>
+      </c>
+      <c r="E6" s="7">
+        <v>0.0633</v>
+      </c>
+      <c r="F6" s="7">
+        <v>0.0939</v>
+      </c>
+      <c r="G6" s="7">
+        <v>0.085</v>
+      </c>
+      <c r="H6" s="7">
+        <v>0.0915</v>
+      </c>
+      <c r="I6" s="7">
+        <v>0.0959</v>
+      </c>
+      <c r="J6" s="7">
+        <v>0.0822</v>
+      </c>
+      <c r="K6" s="7">
+        <v>0.0938</v>
+      </c>
+      <c r="L6" s="7">
+        <v>0.0786</v>
+      </c>
+      <c r="M6" s="7">
+        <v>0.062</v>
+      </c>
+      <c r="N6" s="7">
+        <v>0.0658</v>
+      </c>
+      <c r="O6" s="7">
+        <v>0.1255</v>
+      </c>
+      <c r="P6" s="7">
+        <v>0.0072</v>
+      </c>
+      <c r="Q6" s="7">
+        <v>0.0049</v>
+      </c>
+      <c r="R6" s="7">
+        <v>0.0074</v>
+      </c>
+      <c r="S6" s="7">
+        <v>0.0129</v>
+      </c>
+      <c r="T6" s="7">
+        <v>0.0196</v>
+      </c>
+      <c r="U6" s="7">
+        <v>0.0155</v>
+      </c>
+      <c r="V6" s="7">
+        <v>0.0155</v>
+      </c>
+      <c r="W6" s="7">
+        <v>0.0129</v>
+      </c>
+      <c r="X6" s="7">
+        <v>0.0091</v>
+      </c>
     </row>
     <row r="7" spans="1:24">
-      <c r="A7" s="5"/>
-[...67 lines deleted...]
-        <v>43555</v>
+      <c r="A7" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="7">
+        <v>0.0143</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.0476</v>
+      </c>
+      <c r="D7" s="7">
+        <v>0.0514</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.0556</v>
+      </c>
+      <c r="F7" s="7">
+        <v>0.0512</v>
+      </c>
+      <c r="G7" s="7">
+        <v>0.0475</v>
+      </c>
+      <c r="H7" s="7">
+        <v>0.0401</v>
+      </c>
+      <c r="I7" s="7">
+        <v>0.035</v>
+      </c>
+      <c r="J7" s="7">
+        <v>0.0419</v>
+      </c>
+      <c r="K7" s="7">
+        <v>0.0438</v>
+      </c>
+      <c r="L7" s="7">
+        <v>0.0379</v>
+      </c>
+      <c r="M7" s="7">
+        <v>0.065</v>
+      </c>
+      <c r="N7" s="7">
+        <v>0.0823</v>
+      </c>
+      <c r="O7" s="7">
+        <v>0.0575</v>
+      </c>
+      <c r="P7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W7" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X7" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:24">
-      <c r="A8" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="7">
+        <v>0.1275</v>
+      </c>
+      <c r="C8" s="7">
+        <v>0.1444</v>
+      </c>
+      <c r="D8" s="7">
+        <v>0.154</v>
+      </c>
+      <c r="E8" s="7">
+        <v>0.1351</v>
+      </c>
+      <c r="F8" s="7">
+        <v>0.1386</v>
+      </c>
+      <c r="G8" s="7">
+        <v>0.1189</v>
+      </c>
+      <c r="H8" s="7">
+        <v>0.1165</v>
+      </c>
+      <c r="I8" s="7">
+        <v>0.1499</v>
+      </c>
+      <c r="J8" s="7">
+        <v>0.15</v>
+      </c>
+      <c r="K8" s="7">
+        <v>0.1789</v>
+      </c>
+      <c r="L8" s="7">
+        <v>0.1722</v>
+      </c>
+      <c r="M8" s="7">
+        <v>0.1292</v>
+      </c>
+      <c r="N8" s="7">
+        <v>0.1065</v>
+      </c>
+      <c r="O8" s="7">
+        <v>0.1036</v>
+      </c>
+      <c r="P8" s="7">
+        <v>0.0862</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>0.0676</v>
+      </c>
+      <c r="R8" s="7">
+        <v>0.0585</v>
+      </c>
+      <c r="S8" s="7">
+        <v>0.0516</v>
+      </c>
+      <c r="T8" s="7">
+        <v>0.0647</v>
+      </c>
+      <c r="U8" s="7">
+        <v>0.0799</v>
+      </c>
+      <c r="V8" s="7">
+        <v>0.076</v>
+      </c>
+      <c r="W8" s="7">
+        <v>0.0785</v>
+      </c>
+      <c r="X8" s="7">
+        <v>0.0715</v>
       </c>
     </row>
     <row r="9" spans="1:24">
-      <c r="A9" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="7">
+        <v>0.1238</v>
+      </c>
+      <c r="C9" s="7">
+        <v>0.115</v>
+      </c>
+      <c r="D9" s="7">
+        <v>0.1144</v>
+      </c>
+      <c r="E9" s="7">
+        <v>0.1084</v>
+      </c>
+      <c r="F9" s="7">
+        <v>0.1127</v>
+      </c>
+      <c r="G9" s="7">
+        <v>0.1103</v>
+      </c>
+      <c r="H9" s="7">
+        <v>0.118</v>
+      </c>
+      <c r="I9" s="7">
+        <v>0.0982</v>
+      </c>
+      <c r="J9" s="7">
+        <v>0.1096</v>
+      </c>
+      <c r="K9" s="7">
+        <v>0.1142</v>
+      </c>
+      <c r="L9" s="7">
+        <v>0.1043</v>
+      </c>
+      <c r="M9" s="7">
+        <v>0.0944</v>
+      </c>
+      <c r="N9" s="7">
+        <v>0.1031</v>
+      </c>
+      <c r="O9" s="7">
+        <v>0.0942</v>
+      </c>
+      <c r="P9" s="7">
+        <v>0.097</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>0.0939</v>
+      </c>
+      <c r="R9" s="7">
+        <v>0.0881</v>
+      </c>
+      <c r="S9" s="7">
+        <v>0.0956</v>
+      </c>
+      <c r="T9" s="7">
+        <v>0.0863</v>
+      </c>
+      <c r="U9" s="7">
+        <v>0.1039</v>
+      </c>
+      <c r="V9" s="7">
+        <v>0.0988</v>
+      </c>
+      <c r="W9" s="7">
+        <v>0.0938</v>
+      </c>
+      <c r="X9" s="7">
+        <v>0.102</v>
       </c>
     </row>
     <row r="10" spans="1:24">
-      <c r="A10" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="7">
+        <v>0.0093</v>
+      </c>
+      <c r="C10" s="7">
+        <v>0.0087</v>
+      </c>
+      <c r="D10" s="7">
+        <v>0.0086</v>
+      </c>
+      <c r="E10" s="7">
+        <v>0.0113</v>
+      </c>
+      <c r="F10" s="7">
+        <v>0.0067</v>
+      </c>
+      <c r="G10" s="7">
+        <v>0.011</v>
+      </c>
+      <c r="H10" s="7">
+        <v>0.0072</v>
+      </c>
+      <c r="I10" s="7">
+        <v>0.013</v>
+      </c>
+      <c r="J10" s="7">
+        <v>0.0096</v>
+      </c>
+      <c r="K10" s="7">
+        <v>0.0077</v>
+      </c>
+      <c r="L10" s="7">
+        <v>0.0071</v>
+      </c>
+      <c r="M10" s="7">
+        <v>0.0067</v>
+      </c>
+      <c r="N10" s="7">
+        <v>0.0244</v>
+      </c>
+      <c r="O10" s="7">
+        <v>0.0285</v>
+      </c>
+      <c r="P10" s="7">
+        <v>0.0311</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>0.032</v>
+      </c>
+      <c r="R10" s="7">
+        <v>0.0262</v>
+      </c>
+      <c r="S10" s="7">
+        <v>0.0131</v>
+      </c>
+      <c r="T10" s="7">
+        <v>0.0113</v>
+      </c>
+      <c r="U10" s="7">
+        <v>0.0054</v>
+      </c>
+      <c r="V10" s="7">
+        <v>0.0047</v>
+      </c>
+      <c r="W10" s="7">
+        <v>0.0047</v>
+      </c>
+      <c r="X10" s="7">
+        <v>0.0057</v>
       </c>
     </row>
     <row r="11" spans="1:24">
-      <c r="A11" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="E11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="I11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N11" s="7">
+        <v>0.0002</v>
+      </c>
+      <c r="O11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P11" s="7">
+        <v>0.1289</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>0.1337</v>
+      </c>
+      <c r="R11" s="7">
+        <v>0.1317</v>
+      </c>
+      <c r="S11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="V11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="W11" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="X11" s="7">
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:24">
-      <c r="A12" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="9">
+        <v>0.325</v>
+      </c>
+      <c r="C12" s="9">
+        <v>0.3678</v>
+      </c>
+      <c r="D12" s="9">
+        <v>0.3655</v>
+      </c>
+      <c r="E12" s="9">
+        <v>0.3737</v>
+      </c>
+      <c r="F12" s="9">
+        <v>0.4032</v>
+      </c>
+      <c r="G12" s="9">
+        <v>0.3727</v>
+      </c>
+      <c r="H12" s="9">
+        <v>0.3732</v>
+      </c>
+      <c r="I12" s="9">
+        <v>0.392</v>
+      </c>
+      <c r="J12" s="9">
+        <v>0.3934</v>
+      </c>
+      <c r="K12" s="9">
+        <v>0.4384</v>
+      </c>
+      <c r="L12" s="9">
+        <v>0.4001</v>
+      </c>
+      <c r="M12" s="9">
+        <v>0.3572</v>
+      </c>
+      <c r="N12" s="9">
+        <v>0.3823</v>
+      </c>
+      <c r="O12" s="9">
+        <v>0.4092</v>
+      </c>
+      <c r="P12" s="9">
+        <v>0.3504</v>
+      </c>
+      <c r="Q12" s="9">
+        <v>0.3322</v>
+      </c>
+      <c r="R12" s="9">
+        <v>0.3118</v>
+      </c>
+      <c r="S12" s="9">
+        <v>0.1731</v>
+      </c>
+      <c r="T12" s="9">
+        <v>0.1818</v>
+      </c>
+      <c r="U12" s="9">
+        <v>0.2047</v>
+      </c>
+      <c r="V12" s="9">
+        <v>0.195</v>
+      </c>
+      <c r="W12" s="9">
+        <v>0.1899</v>
+      </c>
+      <c r="X12" s="9">
+        <v>0.1882</v>
       </c>
     </row>
     <row r="13" spans="1:24">
-      <c r="A13" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.0874</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.08</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.0799</v>
+      </c>
+      <c r="E13" s="7">
+        <v>0.0728</v>
+      </c>
+      <c r="F13" s="7">
+        <v>0.0725</v>
+      </c>
+      <c r="G13" s="7">
+        <v>0.0771</v>
+      </c>
+      <c r="H13" s="7">
+        <v>0.0761</v>
+      </c>
+      <c r="I13" s="7">
+        <v>0.0719</v>
+      </c>
+      <c r="J13" s="7">
+        <v>0.0724</v>
+      </c>
+      <c r="K13" s="7">
+        <v>0.0569</v>
+      </c>
+      <c r="L13" s="7">
+        <v>0.0606</v>
+      </c>
+      <c r="M13" s="7">
+        <v>0.0634</v>
+      </c>
+      <c r="N13" s="7">
+        <v>0.0603</v>
+      </c>
+      <c r="O13" s="7">
+        <v>0.0575</v>
+      </c>
+      <c r="P13" s="7">
+        <v>0.0627</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>0.0637</v>
+      </c>
+      <c r="R13" s="7">
+        <v>0.065</v>
+      </c>
+      <c r="S13" s="7">
+        <v>0.0679</v>
+      </c>
+      <c r="T13" s="7">
+        <v>0.0655</v>
+      </c>
+      <c r="U13" s="7">
+        <v>0.07</v>
+      </c>
+      <c r="V13" s="7">
+        <v>0.0685</v>
+      </c>
+      <c r="W13" s="7">
+        <v>0.0694</v>
+      </c>
+      <c r="X13" s="7">
+        <v>0.068</v>
       </c>
     </row>
     <row r="14" spans="1:24">
-      <c r="A14" s="9" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.4327</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.407</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.4088</v>
+      </c>
+      <c r="E14" s="7">
+        <v>0.4083</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.3856</v>
+      </c>
+      <c r="G14" s="7">
+        <v>0.4056</v>
+      </c>
+      <c r="H14" s="7">
+        <v>0.4066</v>
+      </c>
+      <c r="I14" s="7">
+        <v>0.3966</v>
+      </c>
+      <c r="J14" s="7">
+        <v>0.3945</v>
+      </c>
+      <c r="K14" s="7">
+        <v>0.3831</v>
+      </c>
+      <c r="L14" s="7">
+        <v>0.4084</v>
+      </c>
+      <c r="M14" s="7">
+        <v>0.4385</v>
+      </c>
+      <c r="N14" s="7">
+        <v>0.4214</v>
+      </c>
+      <c r="O14" s="7">
+        <v>0.4029</v>
+      </c>
+      <c r="P14" s="7">
+        <v>0.4442</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>0.4584</v>
+      </c>
+      <c r="R14" s="7">
+        <v>0.4732</v>
+      </c>
+      <c r="S14" s="7">
+        <v>0.5323</v>
+      </c>
+      <c r="T14" s="7">
+        <v>0.5252</v>
+      </c>
+      <c r="U14" s="7">
+        <v>0.4628</v>
+      </c>
+      <c r="V14" s="7">
+        <v>0.4589</v>
+      </c>
+      <c r="W14" s="7">
+        <v>0.4679</v>
+      </c>
+      <c r="X14" s="7">
+        <v>0.4676</v>
       </c>
     </row>
     <row r="15" spans="1:24">
-      <c r="A15" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.1033</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.0967</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.0964</v>
+      </c>
+      <c r="E15" s="7">
+        <v>0.0959</v>
+      </c>
+      <c r="F15" s="7">
+        <v>0.0916</v>
+      </c>
+      <c r="G15" s="7">
+        <v>0.0954</v>
+      </c>
+      <c r="H15" s="7">
+        <v>0.0947</v>
+      </c>
+      <c r="I15" s="7">
+        <v>0.0917</v>
+      </c>
+      <c r="J15" s="7">
+        <v>0.0919</v>
+      </c>
+      <c r="K15" s="7">
+        <v>0.0852</v>
+      </c>
+      <c r="L15" s="7">
+        <v>0.0908</v>
+      </c>
+      <c r="M15" s="7">
+        <v>0.0967</v>
+      </c>
+      <c r="N15" s="7">
+        <v>0.0925</v>
+      </c>
+      <c r="O15" s="7">
+        <v>0.0876</v>
+      </c>
+      <c r="P15" s="7">
+        <v>0.0953</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>0.0969</v>
+      </c>
+      <c r="R15" s="7">
+        <v>0.0983</v>
+      </c>
+      <c r="S15" s="7">
+        <v>0.1502</v>
+      </c>
+      <c r="T15" s="7">
+        <v>0.1472</v>
+      </c>
+      <c r="U15" s="7">
+        <v>0.2033</v>
+      </c>
+      <c r="V15" s="7">
+        <v>0.2168</v>
+      </c>
+      <c r="W15" s="7">
+        <v>0.2093</v>
+      </c>
+      <c r="X15" s="7">
+        <v>0.2098</v>
       </c>
     </row>
     <row r="16" spans="1:24">
-      <c r="A16" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.0149</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.0139</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.0147</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.0143</v>
+      </c>
+      <c r="F16" s="7">
+        <v>0.0146</v>
+      </c>
+      <c r="G16" s="7">
+        <v>0.0149</v>
+      </c>
+      <c r="H16" s="7">
+        <v>0.0146</v>
+      </c>
+      <c r="I16" s="7">
+        <v>0.0135</v>
+      </c>
+      <c r="J16" s="7">
+        <v>0.0134</v>
+      </c>
+      <c r="K16" s="7">
+        <v>0.0132</v>
+      </c>
+      <c r="L16" s="7">
+        <v>0.0146</v>
+      </c>
+      <c r="M16" s="7">
+        <v>0.0161</v>
+      </c>
+      <c r="N16" s="7">
+        <v>0.0159</v>
+      </c>
+      <c r="O16" s="7">
+        <v>0.0159</v>
+      </c>
+      <c r="P16" s="7">
+        <v>0.0175</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>0.0179</v>
+      </c>
+      <c r="R16" s="7">
+        <v>0.0195</v>
+      </c>
+      <c r="S16" s="7">
+        <v>0.029</v>
+      </c>
+      <c r="T16" s="7">
+        <v>0.0297</v>
+      </c>
+      <c r="U16" s="7">
+        <v>0.025</v>
+      </c>
+      <c r="V16" s="7">
+        <v>0.0257</v>
+      </c>
+      <c r="W16" s="7">
+        <v>0.0267</v>
+      </c>
+      <c r="X16" s="7">
+        <v>0.0278</v>
       </c>
     </row>
     <row r="17" spans="1:24">
-      <c r="A17" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="7">
+        <v>0.0367</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.0345</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0.0348</v>
+      </c>
+      <c r="E17" s="7">
+        <v>0.035</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.0326</v>
+      </c>
+      <c r="G17" s="7">
+        <v>0.0344</v>
+      </c>
+      <c r="H17" s="7">
+        <v>0.0347</v>
+      </c>
+      <c r="I17" s="7">
+        <v>0.0343</v>
+      </c>
+      <c r="J17" s="7">
+        <v>0.0344</v>
+      </c>
+      <c r="K17" s="7">
+        <v>0.0231</v>
+      </c>
+      <c r="L17" s="7">
+        <v>0.0255</v>
+      </c>
+      <c r="M17" s="7">
+        <v>0.0281</v>
+      </c>
+      <c r="N17" s="7">
+        <v>0.0276</v>
+      </c>
+      <c r="O17" s="7">
+        <v>0.0269</v>
+      </c>
+      <c r="P17" s="7">
+        <v>0.0299</v>
+      </c>
+      <c r="Q17" s="7">
+        <v>0.031</v>
+      </c>
+      <c r="R17" s="7">
+        <v>0.0322</v>
+      </c>
+      <c r="S17" s="7">
+        <v>0.0475</v>
+      </c>
+      <c r="T17" s="7">
+        <v>0.0505</v>
+      </c>
+      <c r="U17" s="7">
+        <v>0.0342</v>
+      </c>
+      <c r="V17" s="7">
+        <v>0.0351</v>
+      </c>
+      <c r="W17" s="7">
+        <v>0.0369</v>
+      </c>
+      <c r="X17" s="7">
+        <v>0.0386</v>
       </c>
     </row>
     <row r="18" spans="1:24">
-      <c r="A18" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="9">
+        <v>0.675</v>
+      </c>
+      <c r="C18" s="9">
+        <v>0.6322</v>
+      </c>
+      <c r="D18" s="9">
+        <v>0.6345</v>
+      </c>
+      <c r="E18" s="9">
+        <v>0.6263</v>
+      </c>
+      <c r="F18" s="9">
+        <v>0.5968</v>
+      </c>
+      <c r="G18" s="9">
+        <v>0.6273</v>
+      </c>
+      <c r="H18" s="9">
+        <v>0.6268</v>
+      </c>
+      <c r="I18" s="9">
+        <v>0.608</v>
+      </c>
+      <c r="J18" s="9">
+        <v>0.6066</v>
+      </c>
+      <c r="K18" s="9">
+        <v>0.5616</v>
+      </c>
+      <c r="L18" s="9">
+        <v>0.5999</v>
+      </c>
+      <c r="M18" s="9">
+        <v>0.6428</v>
+      </c>
+      <c r="N18" s="9">
+        <v>0.6177</v>
+      </c>
+      <c r="O18" s="9">
+        <v>0.5908</v>
+      </c>
+      <c r="P18" s="9">
+        <v>0.6496</v>
+      </c>
+      <c r="Q18" s="9">
+        <v>0.6678</v>
+      </c>
+      <c r="R18" s="9">
+        <v>0.6882</v>
+      </c>
+      <c r="S18" s="9">
+        <v>0.8269</v>
+      </c>
+      <c r="T18" s="9">
+        <v>0.8182</v>
+      </c>
+      <c r="U18" s="9">
+        <v>0.7953</v>
+      </c>
+      <c r="V18" s="9">
+        <v>0.805</v>
+      </c>
+      <c r="W18" s="9">
+        <v>0.8101</v>
+      </c>
+      <c r="X18" s="9">
+        <v>0.8118</v>
       </c>
     </row>
     <row r="19" spans="1:24">
-      <c r="A19" s="7" t="s">
-[...69 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="C19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="D19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="E19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="F19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="G19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="H19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="I19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="J19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="K19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="L19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="M19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="N19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="O19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="P19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="Q19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="R19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="S19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="T19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="U19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="V19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="W19" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="X19" s="9">
+        <v>1.0</v>
       </c>
     </row>
     <row r="20" spans="1:24">
-      <c r="A20" s="9" t="s">
-[...73 lines deleted...]
-      <c r="A21" s="11" t="s">
+      <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B21" s="10" t="e">
-[...95 lines deleted...]
-      <c r="X22" s="12"/>
+      <c r="B20" s="11"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="11"/>
+      <c r="F20" s="11"/>
+      <c r="G20" s="11"/>
+      <c r="H20" s="11"/>
+      <c r="I20" s="11"/>
+      <c r="J20" s="11"/>
+      <c r="K20" s="11"/>
+      <c r="L20" s="11"/>
+      <c r="M20" s="11"/>
+      <c r="N20" s="11"/>
+      <c r="O20" s="11"/>
+      <c r="P20" s="11"/>
+      <c r="Q20" s="11"/>
+      <c r="R20" s="11"/>
+      <c r="S20" s="11"/>
+      <c r="T20" s="11"/>
+      <c r="U20" s="11"/>
+      <c r="V20" s="11"/>
+      <c r="W20" s="11"/>
+      <c r="X20" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">