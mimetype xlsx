--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -671,51 +671,51 @@
       </c>
       <c r="E12" s="12">
         <v>0.8071</v>
       </c>
       <c r="F12" s="12">
         <v>0.7407</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="12">
         <v>0.2667</v>
       </c>
       <c r="C13" s="12">
         <v>0.262</v>
       </c>
       <c r="D13" s="12">
         <v>0.2388</v>
       </c>
       <c r="E13" s="12">
         <v>0.2262</v>
       </c>
       <c r="F13" s="12">
-        <v>0.174</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="12">
         <v>0.4831</v>
       </c>
       <c r="C14" s="12">
         <v>0.4686</v>
       </c>
       <c r="D14" s="12">
         <v>0.455</v>
       </c>
       <c r="E14" s="12">
         <v>0.5217</v>
       </c>
       <c r="F14" s="12">
         <v>0.526</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>10</v>