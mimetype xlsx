--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -925,60 +925,60 @@
       </c>
       <c r="N14" s="13">
         <v>0.0</v>
       </c>
       <c r="O14" s="13">
         <v>0.0</v>
       </c>
       <c r="P14" s="13">
         <v>0.0</v>
       </c>
       <c r="Q14" s="13">
         <v>0.0</v>
       </c>
       <c r="R14" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="13">
         <v>0.1064</v>
       </c>
       <c r="C15" s="13">
-        <v>0.1027</v>
+        <v>0.0</v>
       </c>
       <c r="D15" s="13">
-        <v>0.0993</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="13">
-        <v>0.0948</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="13">
-        <v>0.0844</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="13">
         <v>0.0</v>
       </c>
       <c r="H15" s="13">
         <v>0.0</v>
       </c>
       <c r="I15" s="13">
         <v>0.0</v>
       </c>
       <c r="J15" s="13">
         <v>0.0</v>
       </c>
       <c r="K15" s="13">
         <v>0.0</v>
       </c>
       <c r="L15" s="13">
         <v>0.0</v>
       </c>
       <c r="M15" s="13">
         <v>0.0</v>
       </c>
       <c r="N15" s="13">
         <v>0.0</v>
       </c>