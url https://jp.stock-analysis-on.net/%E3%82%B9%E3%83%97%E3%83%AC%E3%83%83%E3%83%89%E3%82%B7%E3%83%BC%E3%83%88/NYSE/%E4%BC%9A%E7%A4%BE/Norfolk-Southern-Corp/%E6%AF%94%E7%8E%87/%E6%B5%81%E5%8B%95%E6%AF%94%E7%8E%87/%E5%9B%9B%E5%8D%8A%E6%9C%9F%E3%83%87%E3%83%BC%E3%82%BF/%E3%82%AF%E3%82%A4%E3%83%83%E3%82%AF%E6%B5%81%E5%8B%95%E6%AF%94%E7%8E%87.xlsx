--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1043,60 +1043,60 @@
       </c>
       <c r="N17" s="14">
         <v>0.0</v>
       </c>
       <c r="O17" s="14">
         <v>0.0</v>
       </c>
       <c r="P17" s="14">
         <v>0.0</v>
       </c>
       <c r="Q17" s="14">
         <v>0.0</v>
       </c>
       <c r="R17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="14">
         <v>0.52</v>
       </c>
       <c r="C18" s="14">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="D18" s="14">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="14">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="14">
-        <v>0.57</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="14">
         <v>0.0</v>
       </c>
       <c r="H18" s="14">
         <v>0.0</v>
       </c>
       <c r="I18" s="14">
         <v>0.0</v>
       </c>
       <c r="J18" s="14">
         <v>0.0</v>
       </c>
       <c r="K18" s="14">
         <v>0.0</v>
       </c>
       <c r="L18" s="14">
         <v>0.0</v>
       </c>
       <c r="M18" s="14">
         <v>0.0</v>
       </c>
       <c r="N18" s="14">
         <v>0.0</v>
       </c>