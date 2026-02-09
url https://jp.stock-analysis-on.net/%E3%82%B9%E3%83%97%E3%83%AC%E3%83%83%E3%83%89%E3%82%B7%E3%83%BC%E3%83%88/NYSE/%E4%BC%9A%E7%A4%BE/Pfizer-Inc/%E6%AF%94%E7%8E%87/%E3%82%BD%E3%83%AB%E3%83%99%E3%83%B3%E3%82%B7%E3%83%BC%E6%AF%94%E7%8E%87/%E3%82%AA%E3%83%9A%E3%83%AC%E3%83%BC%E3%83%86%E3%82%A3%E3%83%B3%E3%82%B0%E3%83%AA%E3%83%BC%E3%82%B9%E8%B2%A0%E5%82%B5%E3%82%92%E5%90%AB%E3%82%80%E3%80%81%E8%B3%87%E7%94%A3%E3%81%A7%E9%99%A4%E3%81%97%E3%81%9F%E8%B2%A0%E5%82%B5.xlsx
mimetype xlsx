--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -968,51 +968,51 @@
       </c>
       <c r="E25" s="14">
         <v>0.33</v>
       </c>
       <c r="F25" s="14">
         <v>0.37</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
         <v>0.08</v>
       </c>
       <c r="C26" s="14">
         <v>0.08</v>
       </c>
       <c r="D26" s="14">
         <v>0.09</v>
       </c>
       <c r="E26" s="14">
         <v>0.11</v>
       </c>
       <c r="F26" s="14">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="14">
         <v>0.34</v>
       </c>
       <c r="C27" s="14">
         <v>0.37</v>
       </c>
       <c r="D27" s="14">
         <v>0.37</v>
       </c>
       <c r="E27" s="14">
         <v>0.38</v>
       </c>
       <c r="F27" s="14">
         <v>0.33</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>23</v>