--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1393,60 +1393,60 @@
       <c r="I21" s="13">
         <v>0.1195</v>
       </c>
       <c r="J21" s="13">
         <v>0.1241</v>
       </c>
       <c r="K21" s="13">
         <v>0.1402</v>
       </c>
       <c r="L21" s="13">
         <v>0.1391</v>
       </c>
       <c r="M21" s="13">
         <v>0.1485</v>
       </c>
       <c r="N21" s="13">
         <v>0.194</v>
       </c>
       <c r="O21" s="13">
         <v>0.209</v>
       </c>
       <c r="P21" s="13">
         <v>0.3011</v>
       </c>
       <c r="Q21" s="13">
-        <v>0.3175</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="13">
-        <v>0.2955</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="13">
-        <v>0.2888</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="13">
-        <v>0.2253</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="13">
         <v>0.0638</v>
       </c>
       <c r="C22" s="13">
         <v>0.065</v>
       </c>
       <c r="D22" s="13">
         <v>0.0658</v>
       </c>
       <c r="E22" s="13">
         <v>0.0651</v>
       </c>
       <c r="F22" s="13">
         <v>0.0611</v>
       </c>
       <c r="G22" s="13">
         <v>0.0632</v>
       </c>
       <c r="H22" s="13">