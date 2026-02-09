--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -41,51 +41,51 @@
   <si>
     <t>Philip Morris International Inc.</t>
   </si>
   <si>
     <t>総資本に対する負債比率(オペレーティングリース負債を含む)</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
     <t>短期借入金</t>
   </si>
   <si>
     <t>長期借入金の当座預金残高</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>総負債</t>
   </si>
   <si>
     <t>現在のオペレーティング・リース負債(未払負債、その他に含む)</t>
   </si>
   <si>
-    <t>非流動オペレーティング・リース負債(法人税およびその他の負債に含む)</t>
+    <t>非流動オペレーティング・リース負債(その他の負債に含まれる)</t>
   </si>
   <si>
     <t>総負債(オペレーティング・リース負債を含む)</t>
   </si>
   <si>
     <t>PMI株主の赤字総額</t>
   </si>
   <si>
     <t>総資本金(オペレーティング・リース負債を含む)</t>
   </si>
   <si>
     <t>ソルベンシー比率</t>
   </si>
   <si>
     <t>ベンチマーク</t>
   </si>
   <si>
     <t>総資本に対する負債比率(オペレーティングリース負債を含む)競合 他社</t>
   </si>
   <si>
     <t>Coca-Cola Co.</t>
   </si>
   <si>
     <t>Mondelēz International Inc.</t>
   </si>
@@ -599,63 +599,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>