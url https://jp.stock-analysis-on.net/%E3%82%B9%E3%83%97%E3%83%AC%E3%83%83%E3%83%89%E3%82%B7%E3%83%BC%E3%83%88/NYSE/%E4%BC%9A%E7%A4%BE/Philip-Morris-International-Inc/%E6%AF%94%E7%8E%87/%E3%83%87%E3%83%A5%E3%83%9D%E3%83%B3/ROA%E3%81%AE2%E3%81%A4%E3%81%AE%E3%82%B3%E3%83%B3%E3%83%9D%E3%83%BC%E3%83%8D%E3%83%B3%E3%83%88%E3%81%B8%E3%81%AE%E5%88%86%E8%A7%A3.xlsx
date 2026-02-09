--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -503,116 +503,116 @@
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>0.1142</v>
+        <v>0.164</v>
       </c>
       <c r="D5" s="6">
-        <v>0.1863</v>
+        <v>0.2792</v>
       </c>
       <c r="F5" s="7">
-        <v>0.61</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>0.1196</v>
+        <v>0.1142</v>
       </c>
       <c r="D6" s="6">
-        <v>0.2221</v>
+        <v>0.1863</v>
       </c>
       <c r="F6" s="7">
-        <v>0.54</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>0.1467</v>
+        <v>0.1196</v>
       </c>
       <c r="D7" s="6">
-        <v>0.2849</v>
+        <v>0.2221</v>
       </c>
       <c r="F7" s="7">
-        <v>0.51</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>0.2206</v>
+        <v>0.1467</v>
       </c>
       <c r="D8" s="6">
-        <v>0.29</v>
+        <v>0.2849</v>
       </c>
       <c r="F8" s="7">
-        <v>0.76</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>0.1798</v>
+        <v>0.2206</v>
       </c>
       <c r="D9" s="6">
-        <v>0.2808</v>
+        <v>0.29</v>
       </c>
       <c r="F9" s="7">
-        <v>0.64</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>