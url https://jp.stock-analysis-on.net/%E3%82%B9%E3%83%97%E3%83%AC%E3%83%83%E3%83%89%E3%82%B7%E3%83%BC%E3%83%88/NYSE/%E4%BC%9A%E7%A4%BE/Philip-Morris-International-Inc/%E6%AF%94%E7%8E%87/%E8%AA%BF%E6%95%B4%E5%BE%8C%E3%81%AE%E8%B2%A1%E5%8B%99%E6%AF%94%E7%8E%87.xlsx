--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -28,51 +28,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="調整後の財務比率" sheetId="1" r:id="rId4"/>
     <sheet name="総資産回転率(調整後)" sheetId="2" r:id="rId5"/>
     <sheet name="現在の流動性比率(調整後)" sheetId="3" r:id="rId6"/>
     <sheet name="有利子負債比率(調整後)" sheetId="4" r:id="rId7"/>
     <sheet name="総資本に対する負債比率(調整後)" sheetId="5" r:id="rId8"/>
     <sheet name="財務レバレッジ比率(調整後)" sheetId="6" r:id="rId9"/>
     <sheet name="当期純利益率(調整後)" sheetId="7" r:id="rId10"/>
     <sheet name="自己資本利益率(調整後)" sheetId="8" r:id="rId11"/>
     <sheet name="総資産利益率(調整後)" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>Philip Morris International Inc.</t>
   </si>
   <si>
     <t>調整後財務比率(サマリー)</t>
   </si>
   <si>
     <t>活動率</t>
   </si>
   <si>
     <t>総資産回転率</t>
   </si>
   <si>
     <t>総資産回転率(調整前)</t>
   </si>
   <si>
     <t>総資産回転率(調整後)</t>
   </si>
   <si>
     <t>流動性比率</t>
   </si>
   <si>
@@ -151,53 +151,50 @@
     <t>調整前</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
     <t>純売上高</t>
   </si>
   <si>
     <t>総資産</t>
   </si>
   <si>
     <t>調整後</t>
   </si>
   <si>
     <t>調整後総資産</t>
   </si>
   <si>
     <t>流動資産</t>
   </si>
   <si>
     <t>流動負債</t>
   </si>
   <si>
     <t>調整流動資産</t>
-  </si>
-[...1 lines deleted...]
-    <t>調整後流動負債</t>
   </si>
   <si>
     <t>総負債</t>
   </si>
   <si>
     <t>PMI株主の赤字総額</t>
   </si>
   <si>
     <t>調整後総負債</t>
   </si>
   <si>
     <t>調整後株主総赤字</t>
   </si>
   <si>
     <t>総資本金</t>
   </si>
   <si>
     <t>調整後総資本</t>
   </si>
   <si>
     <t>PMIに帰属する当期純利益</t>
   </si>
   <si>
     <t>調整後純利益</t>
   </si>
@@ -732,63 +729,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
@@ -1178,63 +1175,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -1394,63 +1391,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
@@ -1516,51 +1513,51 @@
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="7" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>10</v>
@@ -1610,98 +1607,98 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>12</v>
@@ -1712,71 +1709,71 @@
       <c r="C12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>14</v>
@@ -1826,98 +1823,98 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>15</v>
@@ -1928,71 +1925,71 @@
       <c r="C12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>17</v>
@@ -2042,98 +2039,98 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
         <v>18</v>
@@ -2164,51 +2161,51 @@
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>20</v>
@@ -2258,78 +2255,78 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
@@ -2360,51 +2357,51 @@
       <c r="C12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="15" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">
@@ -2468,179 +2465,179 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="15" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="13" t="s">
         <v>27</v>
@@ -2684,159 +2681,159 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="13" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="15" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="15" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="12" t="e">