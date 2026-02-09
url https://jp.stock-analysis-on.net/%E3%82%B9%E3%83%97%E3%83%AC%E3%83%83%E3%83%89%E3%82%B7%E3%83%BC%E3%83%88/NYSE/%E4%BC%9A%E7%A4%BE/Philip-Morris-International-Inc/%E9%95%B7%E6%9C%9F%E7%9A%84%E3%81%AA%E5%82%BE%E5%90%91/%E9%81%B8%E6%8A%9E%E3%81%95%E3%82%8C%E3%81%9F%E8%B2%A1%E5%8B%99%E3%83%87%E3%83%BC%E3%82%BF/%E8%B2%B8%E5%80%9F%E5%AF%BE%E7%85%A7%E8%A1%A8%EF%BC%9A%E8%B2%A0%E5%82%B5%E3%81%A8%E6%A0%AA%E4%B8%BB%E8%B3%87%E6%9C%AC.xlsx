--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -451,380 +451,397 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E22"/>
+  <dimension ref="A1:E23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E22" sqref="E22"/>
+      <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="3"/>
       <c r="B4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B5" s="6">
-        <v>22915.0</v>
+        <v>25427.0</v>
       </c>
       <c r="C5" s="6">
-        <v>71654.0</v>
+        <v>77213.0</v>
       </c>
       <c r="D5" s="6">
-        <v>45695.0</v>
+        <v>48835.0</v>
       </c>
       <c r="E5" s="6">
-        <v>-11750.0</v>
+        <v>-9994.0</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B6" s="6">
-        <v>26383.0</v>
+        <v>22915.0</v>
       </c>
       <c r="C6" s="6">
-        <v>74750.0</v>
+        <v>71654.0</v>
       </c>
       <c r="D6" s="6">
-        <v>47909.0</v>
+        <v>45695.0</v>
       </c>
       <c r="E6" s="6">
-        <v>-11225.0</v>
+        <v>-11750.0</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B7" s="6">
-        <v>27336.0</v>
+        <v>26383.0</v>
       </c>
       <c r="C7" s="6">
-        <v>67992.0</v>
+        <v>74750.0</v>
       </c>
       <c r="D7" s="6">
-        <v>43123.0</v>
+        <v>47909.0</v>
       </c>
       <c r="E7" s="6">
-        <v>-8957.0</v>
+        <v>-11225.0</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B8" s="6">
-        <v>19255.0</v>
+        <v>27336.0</v>
       </c>
       <c r="C8" s="6">
-        <v>49498.0</v>
+        <v>67992.0</v>
       </c>
       <c r="D8" s="6">
-        <v>27806.0</v>
+        <v>43123.0</v>
       </c>
       <c r="E8" s="6">
-        <v>-10106.0</v>
+        <v>-8957.0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B9" s="6">
-        <v>19615.0</v>
+        <v>19255.0</v>
       </c>
       <c r="C9" s="6">
-        <v>55446.0</v>
+        <v>49498.0</v>
       </c>
       <c r="D9" s="6">
-        <v>31536.0</v>
+        <v>27806.0</v>
       </c>
       <c r="E9" s="6">
-        <v>-12567.0</v>
+        <v>-10106.0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B10" s="6">
-        <v>18833.0</v>
+        <v>19615.0</v>
       </c>
       <c r="C10" s="6">
-        <v>52474.0</v>
+        <v>55446.0</v>
       </c>
       <c r="D10" s="6">
-        <v>31045.0</v>
+        <v>31536.0</v>
       </c>
       <c r="E10" s="6">
-        <v>-11577.0</v>
+        <v>-12567.0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B11" s="6">
-        <v>17191.0</v>
+        <v>18833.0</v>
       </c>
       <c r="C11" s="6">
-        <v>50540.0</v>
+        <v>52474.0</v>
       </c>
       <c r="D11" s="6">
-        <v>31759.0</v>
+        <v>31045.0</v>
       </c>
       <c r="E11" s="6">
-        <v>-12459.0</v>
+        <v>-11577.0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B12" s="6">
-        <v>15962.0</v>
+        <v>17191.0</v>
       </c>
       <c r="C12" s="6">
-        <v>53198.0</v>
+        <v>50540.0</v>
       </c>
       <c r="D12" s="6">
-        <v>34339.0</v>
+        <v>31759.0</v>
       </c>
       <c r="E12" s="6">
-        <v>-12086.0</v>
+        <v>-12459.0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="5">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B13" s="6">
-        <v>16467.0</v>
+        <v>15962.0</v>
       </c>
       <c r="C13" s="6">
-        <v>47751.0</v>
+        <v>53198.0</v>
       </c>
       <c r="D13" s="6">
-        <v>29067.0</v>
+        <v>34339.0</v>
       </c>
       <c r="E13" s="6">
-        <v>-12688.0</v>
+        <v>-12086.0</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="5">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B14" s="6">
-        <v>15386.0</v>
+        <v>16467.0</v>
       </c>
       <c r="C14" s="6">
-        <v>45432.0</v>
+        <v>47751.0</v>
       </c>
       <c r="D14" s="6">
-        <v>28480.0</v>
+        <v>29067.0</v>
       </c>
       <c r="E14" s="6">
-        <v>-13244.0</v>
+        <v>-12688.0</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="5">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B15" s="6">
-        <v>15112.0</v>
+        <v>15386.0</v>
       </c>
       <c r="C15" s="6">
-        <v>46390.0</v>
+        <v>45432.0</v>
       </c>
       <c r="D15" s="6">
-        <v>29455.0</v>
+        <v>28480.0</v>
       </c>
       <c r="E15" s="6">
-        <v>-12629.0</v>
+        <v>-13244.0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="5">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B16" s="6">
-        <v>17066.0</v>
+        <v>15112.0</v>
       </c>
       <c r="C16" s="6">
-        <v>44442.0</v>
+        <v>46390.0</v>
       </c>
       <c r="D16" s="6">
-        <v>27678.0</v>
+        <v>29455.0</v>
       </c>
       <c r="E16" s="6">
-        <v>-7766.0</v>
+        <v>-12629.0</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B17" s="6">
-        <v>17016.0</v>
+        <v>17066.0</v>
       </c>
       <c r="C17" s="6">
-        <v>39523.0</v>
+        <v>44442.0</v>
       </c>
       <c r="D17" s="6">
-        <v>22839.0</v>
+        <v>27678.0</v>
       </c>
       <c r="E17" s="6">
-        <v>-3476.0</v>
+        <v>-7766.0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B18" s="6">
-        <v>14794.0</v>
+        <v>17016.0</v>
       </c>
       <c r="C18" s="6">
-        <v>33725.0</v>
+        <v>39523.0</v>
       </c>
       <c r="D18" s="6">
-        <v>18545.0</v>
+        <v>22839.0</v>
       </c>
       <c r="E18" s="6">
-        <v>229.0</v>
+        <v>-3476.0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="5">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B19" s="6">
-        <v>12804.0</v>
+        <v>14794.0</v>
       </c>
       <c r="C19" s="6">
-        <v>29929.0</v>
+        <v>33725.0</v>
       </c>
       <c r="D19" s="6">
-        <v>16502.0</v>
+        <v>18545.0</v>
       </c>
       <c r="E19" s="6">
-        <v>3506.0</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="5">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B20" s="6">
-        <v>11178.0</v>
+        <v>12804.0</v>
       </c>
       <c r="C20" s="6">
-        <v>28407.0</v>
+        <v>29929.0</v>
       </c>
       <c r="D20" s="6">
-        <v>15416.0</v>
+        <v>16502.0</v>
       </c>
       <c r="E20" s="6">
-        <v>5716.0</v>
+        <v>3506.0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5">
+        <v>40178</v>
+      </c>
+      <c r="B21" s="6">
+        <v>11178.0</v>
+      </c>
+      <c r="C21" s="6">
+        <v>28407.0</v>
+      </c>
+      <c r="D21" s="6">
+        <v>15416.0</v>
+      </c>
+      <c r="E21" s="6">
+        <v>5716.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" s="5">
         <v>39813</v>
       </c>
-      <c r="B21" s="6">
+      <c r="B22" s="6">
         <v>10144.0</v>
       </c>
-      <c r="C21" s="6">
+      <c r="C22" s="6">
         <v>25068.0</v>
       </c>
-      <c r="D21" s="6">
+      <c r="D22" s="6">
         <v>11961.0</v>
       </c>
-      <c r="E21" s="6">
+      <c r="E22" s="6">
         <v>7500.0</v>
       </c>
     </row>
-    <row r="22" spans="1:5">
-      <c r="A22" s="7" t="s">
+    <row r="23" spans="1:5">
+      <c r="A23" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B22" s="7"/>
-[...2 lines deleted...]
-      <c r="E22" s="7"/>
+      <c r="B23" s="7"/>
+      <c r="C23" s="7"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">