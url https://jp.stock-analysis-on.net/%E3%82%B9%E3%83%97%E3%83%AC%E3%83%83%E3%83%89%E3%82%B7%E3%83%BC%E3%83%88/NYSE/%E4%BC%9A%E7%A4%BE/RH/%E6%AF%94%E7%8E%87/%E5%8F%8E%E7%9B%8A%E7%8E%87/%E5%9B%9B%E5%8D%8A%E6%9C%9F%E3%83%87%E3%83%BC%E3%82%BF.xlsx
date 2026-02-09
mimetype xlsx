--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1437,60 +1437,60 @@
       <c r="C13" s="8">
         <v>0.4698</v>
       </c>
       <c r="D13" s="8">
         <v>0.4624</v>
       </c>
       <c r="E13" s="8">
         <v>0.4553</v>
       </c>
       <c r="F13" s="8">
         <v>0.4473</v>
       </c>
       <c r="G13" s="8">
         <v>0.4381</v>
       </c>
       <c r="H13" s="8">
         <v>0.4304</v>
       </c>
       <c r="I13" s="8">
         <v>0.4265</v>
       </c>
       <c r="J13" s="8">
         <v>0.4214</v>
       </c>
       <c r="K13" s="8">
-        <v>0.4203</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.4131</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>0.4068</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>0.4001</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
@@ -2063,60 +2063,60 @@
       <c r="C13" s="8">
         <v>0.0641</v>
       </c>
       <c r="D13" s="8">
         <v>0.0476</v>
       </c>
       <c r="E13" s="8">
         <v>0.0329</v>
       </c>
       <c r="F13" s="8">
         <v>0.0254</v>
       </c>
       <c r="G13" s="8">
         <v>0.0238</v>
       </c>
       <c r="H13" s="8">
         <v>0.0258</v>
       </c>
       <c r="I13" s="8">
         <v>0.0315</v>
       </c>
       <c r="J13" s="8">
         <v>0.0412</v>
       </c>
       <c r="K13" s="8">
-        <v>0.053</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.0618</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>0.0668</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>0.0663</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
@@ -2689,60 +2689,60 @@
       <c r="C13" s="8">
         <v>0.0529</v>
       </c>
       <c r="D13" s="8">
         <v>0.0362</v>
       </c>
       <c r="E13" s="8">
         <v>0.0243</v>
       </c>
       <c r="F13" s="8">
         <v>0.0082</v>
       </c>
       <c r="G13" s="8">
         <v>-0.0053</v>
       </c>
       <c r="H13" s="8">
         <v>0.0225</v>
       </c>
       <c r="I13" s="8">
         <v>0.0239</v>
       </c>
       <c r="J13" s="8">
         <v>0.0448</v>
       </c>
       <c r="K13" s="8">
-        <v>0.071</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.0573</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>0.0642</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
@@ -3315,60 +3315,60 @@
       <c r="C13" s="8">
         <v>0.1507</v>
       </c>
       <c r="D13" s="8">
         <v>0.1097</v>
       </c>
       <c r="E13" s="8">
         <v>0.0775</v>
       </c>
       <c r="F13" s="8">
         <v>0.0278</v>
       </c>
       <c r="G13" s="8">
         <v>-0.0186</v>
       </c>
       <c r="H13" s="8">
         <v>0.0824</v>
       </c>
       <c r="I13" s="8">
         <v>0.0883</v>
       </c>
       <c r="J13" s="8">
         <v>0.1598</v>
       </c>
       <c r="K13" s="8">
-        <v>0.2413</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.2178</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>0.2564</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>0.2604</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>
@@ -3941,60 +3941,60 @@
       <c r="C13" s="8">
         <v>0.0576</v>
       </c>
       <c r="D13" s="8">
         <v>0.0412</v>
       </c>
       <c r="E13" s="8">
         <v>0.0274</v>
       </c>
       <c r="F13" s="8">
         <v>0.0092</v>
       </c>
       <c r="G13" s="8">
         <v>-0.0059</v>
       </c>
       <c r="H13" s="8">
         <v>0.0264</v>
       </c>
       <c r="I13" s="8">
         <v>0.0277</v>
       </c>
       <c r="J13" s="8">
         <v>0.0521</v>
       </c>
       <c r="K13" s="8">
-        <v>0.0793</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="8">
-        <v>0.0687</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="8">
-        <v>0.0817</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="8">
-        <v>0.0833</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
       <c r="Q13" s="8">
         <v>0.0</v>
       </c>
       <c r="R13" s="8">
         <v>0.0</v>
       </c>
       <c r="S13" s="8">
         <v>0.0</v>
       </c>
       <c r="T13" s="8">
         <v>0.0</v>
       </c>
       <c r="U13" s="8">
         <v>0.0</v>
       </c>
       <c r="V13" s="8">
         <v>0.0</v>
       </c>