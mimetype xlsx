--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1344,60 +1344,60 @@
       <c r="C13" s="7">
         <v>2.82</v>
       </c>
       <c r="D13" s="7">
         <v>2.82</v>
       </c>
       <c r="E13" s="7">
         <v>2.78</v>
       </c>
       <c r="F13" s="7">
         <v>2.75</v>
       </c>
       <c r="G13" s="7">
         <v>2.75</v>
       </c>
       <c r="H13" s="7">
         <v>2.83</v>
       </c>
       <c r="I13" s="7">
         <v>2.8</v>
       </c>
       <c r="J13" s="7">
         <v>2.84</v>
       </c>
       <c r="K13" s="7">
-        <v>2.93</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="7">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="7">
-        <v>3.32</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="7">
-        <v>3.45</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="7">
         <v>0.0</v>
       </c>
       <c r="P13" s="7">
         <v>0.0</v>
       </c>
       <c r="Q13" s="7">
         <v>0.0</v>
       </c>
       <c r="R13" s="7">
         <v>0.0</v>
       </c>
       <c r="S13" s="7">
         <v>0.0</v>
       </c>
       <c r="T13" s="7">
         <v>0.0</v>
       </c>
       <c r="U13" s="7">
         <v>0.0</v>
       </c>
       <c r="V13" s="7">
         <v>0.0</v>
       </c>
@@ -2106,60 +2106,60 @@
       <c r="C16" s="7">
         <v>2.08</v>
       </c>
       <c r="D16" s="7">
         <v>2.07</v>
       </c>
       <c r="E16" s="7">
         <v>2.04</v>
       </c>
       <c r="F16" s="7">
         <v>2.03</v>
       </c>
       <c r="G16" s="7">
         <v>2.03</v>
       </c>
       <c r="H16" s="7">
         <v>2.1</v>
       </c>
       <c r="I16" s="7">
         <v>2.09</v>
       </c>
       <c r="J16" s="7">
         <v>2.13</v>
       </c>
       <c r="K16" s="7">
-        <v>2.17</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="7">
-        <v>2.3</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="7">
-        <v>2.51</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="7">
-        <v>2.61</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="7">
         <v>0.0</v>
       </c>
       <c r="P16" s="7">
         <v>0.0</v>
       </c>
       <c r="Q16" s="7">
         <v>0.0</v>
       </c>
       <c r="R16" s="7">
         <v>0.0</v>
       </c>
       <c r="S16" s="7">
         <v>0.0</v>
       </c>
       <c r="T16" s="7">
         <v>0.0</v>
       </c>
       <c r="U16" s="7">
         <v>0.0</v>
       </c>
       <c r="V16" s="7">
         <v>0.0</v>
       </c>
@@ -2732,60 +2732,60 @@
       <c r="C13" s="7">
         <v>1.09</v>
       </c>
       <c r="D13" s="7">
         <v>1.14</v>
       </c>
       <c r="E13" s="7">
         <v>1.13</v>
       </c>
       <c r="F13" s="7">
         <v>1.13</v>
       </c>
       <c r="G13" s="7">
         <v>1.11</v>
       </c>
       <c r="H13" s="7">
         <v>1.17</v>
       </c>
       <c r="I13" s="7">
         <v>1.16</v>
       </c>
       <c r="J13" s="7">
         <v>1.16</v>
       </c>
       <c r="K13" s="7">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="7">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="7">
-        <v>1.3</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="7">
         <v>0.0</v>
       </c>
       <c r="P13" s="7">
         <v>0.0</v>
       </c>
       <c r="Q13" s="7">
         <v>0.0</v>
       </c>
       <c r="R13" s="7">
         <v>0.0</v>
       </c>
       <c r="S13" s="7">
         <v>0.0</v>
       </c>
       <c r="T13" s="7">
         <v>0.0</v>
       </c>
       <c r="U13" s="7">
         <v>0.0</v>
       </c>
       <c r="V13" s="7">
         <v>0.0</v>
       </c>
@@ -3358,60 +3358,60 @@
       <c r="C13" s="7">
         <v>2.85</v>
       </c>
       <c r="D13" s="7">
         <v>3.03</v>
       </c>
       <c r="E13" s="7">
         <v>3.19</v>
       </c>
       <c r="F13" s="7">
         <v>3.4</v>
       </c>
       <c r="G13" s="7">
         <v>3.52</v>
       </c>
       <c r="H13" s="7">
         <v>3.65</v>
       </c>
       <c r="I13" s="7">
         <v>3.7</v>
       </c>
       <c r="J13" s="7">
         <v>3.57</v>
       </c>
       <c r="K13" s="7">
-        <v>3.4</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="7">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="7">
-        <v>3.86</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="7">
-        <v>4.06</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="7">
         <v>0.0</v>
       </c>
       <c r="P13" s="7">
         <v>0.0</v>
       </c>
       <c r="Q13" s="7">
         <v>0.0</v>
       </c>
       <c r="R13" s="7">
         <v>0.0</v>
       </c>
       <c r="S13" s="7">
         <v>0.0</v>
       </c>
       <c r="T13" s="7">
         <v>0.0</v>
       </c>
       <c r="U13" s="7">
         <v>0.0</v>
       </c>
       <c r="V13" s="7">
         <v>0.0</v>
       </c>