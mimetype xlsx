--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -752,51 +752,51 @@
       </c>
       <c r="B16" s="13">
         <v>1.59</v>
       </c>
       <c r="C16" s="13">
         <v>0.77</v>
       </c>
       <c r="D16" s="13">
         <v>0.0</v>
       </c>
       <c r="E16" s="13">
         <v>0.0</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
         <v>14.86</v>
       </c>
       <c r="C17" s="13">
-        <v>10.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="13">
         <v>0.0</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>1.74</v>
       </c>
       <c r="C18" s="13">
         <v>0.7</v>
       </c>
       <c r="D18" s="13">
         <v>0.0</v>
       </c>
       <c r="E18" s="13">