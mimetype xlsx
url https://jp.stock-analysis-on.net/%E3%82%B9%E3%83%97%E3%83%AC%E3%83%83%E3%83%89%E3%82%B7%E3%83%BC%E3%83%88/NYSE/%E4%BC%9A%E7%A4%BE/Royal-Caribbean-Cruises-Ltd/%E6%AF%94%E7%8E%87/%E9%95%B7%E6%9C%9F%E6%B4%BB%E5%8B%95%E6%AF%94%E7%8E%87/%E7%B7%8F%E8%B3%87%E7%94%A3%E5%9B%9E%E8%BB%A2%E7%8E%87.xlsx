--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -703,51 +703,51 @@
       </c>
       <c r="B13" s="12">
         <v>0.46</v>
       </c>
       <c r="C13" s="12">
         <v>0.31</v>
       </c>
       <c r="D13" s="12">
         <v>0.0</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>1.13</v>
       </c>
       <c r="C14" s="12">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="12">
         <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>0.72</v>
       </c>
       <c r="C15" s="12">
         <v>0.45</v>
       </c>
       <c r="D15" s="12">
         <v>0.0</v>
       </c>
       <c r="E15" s="12">