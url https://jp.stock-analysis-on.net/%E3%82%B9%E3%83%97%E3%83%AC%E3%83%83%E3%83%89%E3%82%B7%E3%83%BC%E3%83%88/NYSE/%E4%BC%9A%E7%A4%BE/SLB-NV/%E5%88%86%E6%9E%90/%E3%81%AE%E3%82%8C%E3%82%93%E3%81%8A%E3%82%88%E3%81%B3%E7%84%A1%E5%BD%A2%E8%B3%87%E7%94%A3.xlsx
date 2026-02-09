--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -94,60 +94,60 @@
   <si>
     <t>財務諸表の調整: 貸借対照表からののれんの削除</t>
   </si>
   <si>
     <t>総資産の調整</t>
   </si>
   <si>
     <t>総資産(調整前)</t>
   </si>
   <si>
     <t>レス： 好意</t>
   </si>
   <si>
     <t>総資産(調整後)</t>
   </si>
   <si>
     <t>SLBの株主資本総額に対する調整</t>
   </si>
   <si>
     <t>SLB株主資本合計(調整前)</t>
   </si>
   <si>
     <t>SLB株主資本合計(調整後)</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)に対する調整額</t>
-[...2 lines deleted...]
-    <t>当社に帰属する当期純利益(損失)(調整前)</t>
+    <t>SLBに帰属する純利益の調整</t>
+  </si>
+  <si>
+    <t>調整前のSLBに帰属する純利益</t>
   </si>
   <si>
     <t>もっとその： のれんの減損</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)(調整後)</t>
+    <t>調整後、SLBに帰属する純利益</t>
   </si>
   <si>
     <t>調整後の財務比率: 貸借対照表からののれんの削除</t>
   </si>
   <si>
     <t>純利益率</t>
   </si>
   <si>
     <t>当期純利益率(調整前)</t>
   </si>
   <si>
     <t>当期純利益率(調整後)</t>
   </si>
   <si>
     <t>総資産回転率</t>
   </si>
   <si>
     <t>総資産回転率(調整前)</t>
   </si>
   <si>
     <t>総資産回転率(調整後)</t>
   </si>
   <si>
     <t>財務レバレッジ比率</t>
   </si>
@@ -160,63 +160,63 @@
   <si>
     <t>自己資本利益率 (ROE)</t>
   </si>
   <si>
     <t>自己資本利益率(調整前)</t>
   </si>
   <si>
     <t>自己資本利益率(調整後)</t>
   </si>
   <si>
     <t>総資産利益率 (ROA)</t>
   </si>
   <si>
     <t>総資産利益率(調整前)</t>
   </si>
   <si>
     <t>総資産利益率(調整後)</t>
   </si>
   <si>
     <t>調整前</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>収入</t>
   </si>
   <si>
     <t>収益率</t>
   </si>
   <si>
     <t>調整後: 貸借対照表からののれんの削除</t>
   </si>
   <si>
-    <t>SLBに帰属する修正当期純利益(損失)</t>
+    <t>調整後SLBに帰属する純利益</t>
   </si>
   <si>
     <t>総資産</t>
   </si>
   <si>
     <t>活動率</t>
   </si>
   <si>
     <t>調整後総資産</t>
   </si>
   <si>
     <t>SLBの株主資本合計</t>
   </si>
   <si>
     <t>ソルベンシー比率</t>
   </si>
   <si>
     <t>調整後SLB株主資本合計</t>
   </si>
   <si>
     <t>自己資本利益率(ROE)(調整後)</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
@@ -764,63 +764,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
@@ -1015,63 +1015,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
@@ -1276,63 +1276,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="17" t="e">
         <v>#N/A</v>
@@ -1567,63 +1567,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -1783,63 +1783,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -1999,63 +1999,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2215,63 +2215,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2431,63 +2431,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>