--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>1株当たり配当金(DPS)の予想</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>価値</t>
   </si>
   <si>
     <t>DPS(t) 又は TV(t)</t>
   </si>
   <si>
-    <t>現在価値 20.36%</t>
+    <t>現在価値 14.02%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>普通株式 SLB N.V. 本質的価値(1株当たり)</t>
   </si>