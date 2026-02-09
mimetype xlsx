--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>企業へのフリーキャッシュフロー(FCFF)予測</t>
   </si>
   <si>
     <t>百万米ドル(一株当たりのデータを除く)</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>価値</t>
   </si>
   <si>
     <t>FCFF(t) 又は TV(t)</t>
   </si>
   <si>
-    <t>現在価値 17.13%</t>
+    <t>現在価値 12.53%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>SLB N.V.資本の本質的価値</t>
   </si>
@@ -110,51 +110,51 @@
   <si>
     <t>重量</t>
   </si>
   <si>
     <t>必要な収益率</t>
   </si>
   <si>
     <t>エクイティ(公正価値)</t>
   </si>
   <si>
     <t>負債(公正価値)</t>
   </si>
   <si>
     <t>PRATモデルが示唆するFCFF成長率(g)</t>
   </si>
   <si>
     <t>平均</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
     <t>利息</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>実効所得税率 (EITR)</t>
   </si>
   <si>
     <t>支払利息(税引後)</t>
   </si>
   <si>
     <t>もっとその： 宣言された配当金</t>
   </si>
   <si>
     <t>支払利息(税引後)と配当金</t>
   </si>
   <si>
     <t>EBIT(1 – EITR)</t>
   </si>
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>SLBの株主資本合計</t>
   </si>
@@ -999,63 +999,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="12"/>
       <c r="B6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C6" s="15">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="15">
         <v>45657</v>
       </c>
-      <c r="D6" s="15">
+      <c r="E6" s="15">
         <v>45291</v>
       </c>
-      <c r="E6" s="15">
+      <c r="F6" s="15">
         <v>44926</v>
       </c>
-      <c r="F6" s="15">
+      <c r="G6" s="15">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="6" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="6" t="e">
         <v>#N/A</v>