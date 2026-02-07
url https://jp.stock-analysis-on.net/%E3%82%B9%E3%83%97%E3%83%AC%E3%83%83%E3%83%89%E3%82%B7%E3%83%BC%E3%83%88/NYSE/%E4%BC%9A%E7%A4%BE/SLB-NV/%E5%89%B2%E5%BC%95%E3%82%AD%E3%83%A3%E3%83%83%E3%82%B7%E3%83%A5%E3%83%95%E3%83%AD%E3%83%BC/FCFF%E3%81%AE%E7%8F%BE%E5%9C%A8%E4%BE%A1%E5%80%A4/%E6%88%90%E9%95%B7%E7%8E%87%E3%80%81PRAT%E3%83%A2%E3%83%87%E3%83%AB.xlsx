--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>PRATモデルが示唆するFCFF成長率(g)</t>
   </si>
   <si>
     <t>平均</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
     <t>利息</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>実効所得税率 (EITR)</t>
   </si>
   <si>
     <t>支払利息(税引後)</t>
   </si>
   <si>
     <t>もっとその： 宣言された配当金</t>
   </si>
   <si>
     <t>支払利息(税引後)と配当金</t>
   </si>
   <si>
     <t>EBIT(1 – EITR)</t>
   </si>
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>SLBの株主資本合計</t>
   </si>
@@ -588,63 +588,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="6">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="6">
         <v>45657</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>45291</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>44926</v>
       </c>
-      <c r="F6" s="6">
+      <c r="G6" s="6">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="9" t="e">
         <v>#N/A</v>