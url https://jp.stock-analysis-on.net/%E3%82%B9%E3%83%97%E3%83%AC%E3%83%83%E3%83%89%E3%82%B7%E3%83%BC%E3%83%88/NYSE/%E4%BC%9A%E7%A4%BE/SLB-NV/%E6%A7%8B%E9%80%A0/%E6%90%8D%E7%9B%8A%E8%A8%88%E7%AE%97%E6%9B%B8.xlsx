--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -56,108 +56,108 @@
   <si>
     <t>収入</t>
   </si>
   <si>
     <t>サービスのコスト</t>
   </si>
   <si>
     <t>売上原価</t>
   </si>
   <si>
     <t>収益コスト</t>
   </si>
   <si>
     <t>売上総利益率</t>
   </si>
   <si>
     <t>研究・エンジニアリング</t>
   </si>
   <si>
     <t>一般および総務</t>
   </si>
   <si>
     <t>リストラクチャリング&amp;その他</t>
   </si>
   <si>
+    <t>障害</t>
+  </si>
+  <si>
     <t>合併と統合</t>
   </si>
   <si>
-    <t>障害およびその他の</t>
-[...2 lines deleted...]
-    <t>営業利益(損失)</t>
+    <t>営業利益</t>
   </si>
   <si>
     <t>持分法適用投資収益</t>
   </si>
   <si>
+    <t>パリサーAPSプロジェクトの売却による利益</t>
+  </si>
+  <si>
     <t>受取利息</t>
   </si>
   <si>
     <t>投資売却益</t>
   </si>
   <si>
     <t>リバティ株式の売却益</t>
   </si>
   <si>
     <t>優良スワップ取引の損失</t>
   </si>
   <si>
     <t>ADC株式投資益</t>
   </si>
   <si>
     <t>不動産売却益</t>
   </si>
   <si>
     <t>社債の取得益</t>
   </si>
   <si>
     <t>有価証券の含み益</t>
   </si>
   <si>
-    <t>事業の売上益</t>
-[...1 lines deleted...]
-  <si>
     <t>利息およびその他の収入(純額)</t>
   </si>
   <si>
     <t>利息</t>
   </si>
   <si>
-    <t>税引前利益(損失)</t>
-[...5 lines deleted...]
-    <t>当期純利益(損失)</t>
+    <t>税引前当期純利益</t>
+  </si>
+  <si>
+    <t>税金費用</t>
+  </si>
+  <si>
+    <t>手取り</t>
   </si>
   <si>
     <t>非支配持分に帰属する当期純利益</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -603,63 +603,63 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>