--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -104,84 +104,84 @@
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>総負債</t>
   </si>
   <si>
     <t>SLBの株主資本合計</t>
   </si>
   <si>
     <t>ベンチマーク</t>
   </si>
   <si>
     <t>負債資本比率産業</t>
   </si>
   <si>
     <t>エネルギー</t>
   </si>
   <si>
     <t>オペレーティングリース負債(買掛金および未払負債で認識)</t>
   </si>
   <si>
-    <t>オペレーティングリース負債(その他の負債で認識)</t>
+    <t>オペレーティングリース負債(その他の負債として認識)</t>
   </si>
   <si>
     <t>総負債(オペレーティング・リース負債を含む)</t>
   </si>
   <si>
     <t>負債資本比率(オペレーティング・リース負債を含む)産業</t>
   </si>
   <si>
     <t>総資本金</t>
   </si>
   <si>
     <t>総資本に対する負債比率産業</t>
   </si>
   <si>
     <t>総資本金(オペレーティング・リース負債を含む)</t>
   </si>
   <si>
     <t>総資本に対する負債比率(オペレーティングリース負債を含む)産業</t>
   </si>
   <si>
     <t>総資産</t>
   </si>
   <si>
     <t>負債総資産比率産業</t>
   </si>
   <si>
     <t>負債総額比率(オペレーティング・リース負債を含む)産業</t>
   </si>
   <si>
     <t>財務レバレッジ比率産業</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>もっとその： 非支配持分に帰属する当期純利益</t>
   </si>
   <si>
     <t>もっとその： 所得税費用</t>
   </si>
   <si>
     <t>もっとその： 利息</t>
   </si>
   <si>
     <t>利息・税引前利益 (EBIT)</t>
   </si>
   <si>
     <t>インタレスト・カバレッジ・レシオ産業</t>
   </si>
   <si>
     <t>もっとその： オペレーティングリース費用</t>
   </si>
   <si>
     <t>固定費・税引前利益</t>
   </si>
   <si>
     <t>利息</t>
   </si>
@@ -722,63 +722,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -978,63 +978,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1304,63 +1304,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1510,63 +1510,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1776,63 +1776,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2002,63 +2002,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2288,63 +2288,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2494,63 +2494,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2760,63 +2760,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2926,63 +2926,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>