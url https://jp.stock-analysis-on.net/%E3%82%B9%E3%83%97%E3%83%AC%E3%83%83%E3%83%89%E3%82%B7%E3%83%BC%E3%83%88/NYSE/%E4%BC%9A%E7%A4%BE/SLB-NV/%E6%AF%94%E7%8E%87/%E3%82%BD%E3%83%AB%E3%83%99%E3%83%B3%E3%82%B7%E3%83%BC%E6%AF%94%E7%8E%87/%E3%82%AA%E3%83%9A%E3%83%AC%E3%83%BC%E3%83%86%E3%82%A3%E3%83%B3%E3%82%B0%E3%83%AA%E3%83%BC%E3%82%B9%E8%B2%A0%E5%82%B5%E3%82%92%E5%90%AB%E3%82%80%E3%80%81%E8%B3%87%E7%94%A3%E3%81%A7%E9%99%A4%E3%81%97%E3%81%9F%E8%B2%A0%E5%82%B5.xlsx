--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -38,51 +38,51 @@
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>負債総額比率(オペレーティング・リース負債を含む)</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>総負債</t>
   </si>
   <si>
     <t>オペレーティングリース負債(買掛金および未払負債で認識)</t>
   </si>
   <si>
-    <t>オペレーティングリース負債(その他の負債で認識)</t>
+    <t>オペレーティングリース負債(その他の負債として認識)</t>
   </si>
   <si>
     <t>総負債(オペレーティング・リース負債を含む)</t>
   </si>
   <si>
     <t>総資産</t>
   </si>
   <si>
     <t>ソルベンシー比率</t>
   </si>
   <si>
     <t>ベンチマーク</t>
   </si>
   <si>
     <t>負債総額比率(オペレーティング・リース負債を含む)産業</t>
   </si>
   <si>
     <t>エネルギー</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
@@ -572,63 +572,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>