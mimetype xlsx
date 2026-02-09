--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -81,51 +81,51 @@
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
   <si>
     <t>選択した財務データ (百万米ドル)</t>
   </si>
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>総負債</t>
   </si>
   <si>
     <t>SLBの株主資本合計</t>
   </si>
   <si>
     <t>総資本金</t>
   </si>
   <si>
     <t>総資産</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>もっとその： 非支配持分に帰属する当期純利益</t>
   </si>
   <si>
     <t>もっとその： 所得税費用</t>
   </si>
   <si>
     <t>もっとその： 利息</t>
   </si>
   <si>
     <t>利息・税引前利益 (EBIT)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
@@ -592,159 +592,138 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X15"/>
+  <dimension ref="A1:Q15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X15" sqref="X15"/>
+      <selection activeCell="Q15" sqref="Q15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...24 lines deleted...]
-    <row r="8" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:24">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="9" t="e">
@@ -752,73 +731,52 @@
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="9" t="e">
-[...21 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="9" t="e">
@@ -826,73 +784,52 @@
       </c>
       <c r="J10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="9" t="e">
-[...21 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="9" t="e">
@@ -900,73 +837,52 @@
       </c>
       <c r="J11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="9" t="e">
-[...21 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="9" t="e">
@@ -974,78 +890,57 @@
       </c>
       <c r="J12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="9" t="e">
-[...21 lines deleted...]
-    <row r="13" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:24">
+    <row r="14" spans="1:17">
       <c r="A14" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="9" t="e">
@@ -1053,221 +948,172 @@
       </c>
       <c r="J14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="9" t="e">
-[...21 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:17">
       <c r="A15" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="10"/>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
       <c r="I15" s="10"/>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
       <c r="P15" s="10"/>
       <c r="Q15" s="10"/>
-      <c r="R15" s="10"/>
-[...5 lines deleted...]
-      <c r="X15" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X16"/>
+  <dimension ref="A1:Q16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X16" sqref="X16"/>
+      <selection activeCell="Q16" sqref="Q16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...24 lines deleted...]
-    <row r="8" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:24">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -1275,73 +1121,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...21 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -1349,73 +1174,52 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...21 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="13" t="e">
@@ -1423,73 +1227,52 @@
       </c>
       <c r="J11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="13" t="e">
-[...21 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="11" t="e">
@@ -1497,78 +1280,57 @@
       </c>
       <c r="J13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="11" t="e">
-[...21 lines deleted...]
-    <row r="14" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
       <c r="A14" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="15" spans="1:24">
+    <row r="15" spans="1:17">
       <c r="A15" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="14" t="e">
@@ -1576,221 +1338,172 @@
       </c>
       <c r="J15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="14" t="e">
-[...21 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="10"/>
       <c r="Q16" s="10"/>
-      <c r="R16" s="10"/>
-[...5 lines deleted...]
-      <c r="X16" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X16"/>
+  <dimension ref="A1:Q16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X16" sqref="X16"/>
+      <selection activeCell="Q16" sqref="Q16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...24 lines deleted...]
-    <row r="8" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:24">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -1798,73 +1511,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...21 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -1872,73 +1564,52 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...21 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="13" t="e">
@@ -1946,73 +1617,52 @@
       </c>
       <c r="J11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="13" t="e">
-[...21 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="11" t="e">
@@ -2020,73 +1670,52 @@
       </c>
       <c r="J12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="11" t="e">
-[...21 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="13" t="e">
@@ -2094,78 +1723,57 @@
       </c>
       <c r="J13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="13" t="e">
-[...21 lines deleted...]
-    <row r="14" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
       <c r="A14" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="15" spans="1:24">
+    <row r="15" spans="1:17">
       <c r="A15" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="14" t="e">
@@ -2173,221 +1781,172 @@
       </c>
       <c r="J15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="14" t="e">
-[...21 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="10"/>
       <c r="Q16" s="10"/>
-      <c r="R16" s="10"/>
-[...5 lines deleted...]
-      <c r="X16" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X16"/>
+  <dimension ref="A1:Q16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X16" sqref="X16"/>
+      <selection activeCell="Q16" sqref="Q16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...24 lines deleted...]
-    <row r="8" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:24">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -2395,73 +1954,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...21 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -2469,73 +2007,52 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...21 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="13" t="e">
@@ -2543,73 +2060,52 @@
       </c>
       <c r="J11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="13" t="e">
-[...21 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="11" t="e">
@@ -2617,78 +2113,57 @@
       </c>
       <c r="J13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="11" t="e">
-[...21 lines deleted...]
-    <row r="14" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
       <c r="A14" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="15" spans="1:24">
+    <row r="15" spans="1:17">
       <c r="A15" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="14" t="e">
@@ -2696,221 +2171,172 @@
       </c>
       <c r="J15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="14" t="e">
-[...21 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="10"/>
       <c r="Q16" s="10"/>
-      <c r="R16" s="10"/>
-[...5 lines deleted...]
-      <c r="X16" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X13"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X13" sqref="X13"/>
+      <selection activeCell="Q13" sqref="Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...24 lines deleted...]
-    <row r="8" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:24">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -2918,73 +2344,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...21 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -2992,78 +2397,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...21 lines deleted...]
-    <row r="11" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:24">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="14" t="e">
@@ -3071,221 +2455,172 @@
       </c>
       <c r="J12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="14" t="e">
-[...21 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="10"/>
       <c r="G13" s="10"/>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
       <c r="J13" s="10"/>
       <c r="K13" s="10"/>
       <c r="L13" s="10"/>
       <c r="M13" s="10"/>
       <c r="N13" s="10"/>
       <c r="O13" s="10"/>
       <c r="P13" s="10"/>
       <c r="Q13" s="10"/>
-      <c r="R13" s="10"/>
-[...5 lines deleted...]
-      <c r="X13" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X16"/>
+  <dimension ref="A1:Q16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X16" sqref="X16"/>
+      <selection activeCell="Q16" sqref="Q16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...24 lines deleted...]
-    <row r="8" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:24">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -3293,73 +2628,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...21 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -3367,73 +2681,52 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...21 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="11" t="e">
@@ -3441,73 +2734,52 @@
       </c>
       <c r="J11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="11" t="e">
-[...21 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="11" t="e">
@@ -3515,73 +2787,52 @@
       </c>
       <c r="J12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="11" t="e">
-[...21 lines deleted...]
-    <row r="13" spans="1:24">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="13" t="e">
@@ -3589,78 +2840,57 @@
       </c>
       <c r="J13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="13" t="e">
-[...21 lines deleted...]
-    <row r="14" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
       <c r="A14" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="15" spans="1:24">
+    <row r="15" spans="1:17">
       <c r="A15" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="14" t="e">
@@ -3668,99 +2898,71 @@
       </c>
       <c r="J15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="14" t="e">
-[...21 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="10"/>
       <c r="C16" s="10"/>
       <c r="D16" s="10"/>
       <c r="E16" s="10"/>
       <c r="F16" s="10"/>
       <c r="G16" s="10"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="10"/>
       <c r="Q16" s="10"/>
-      <c r="R16" s="10"/>
-[...5 lines deleted...]
-      <c r="X16" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">