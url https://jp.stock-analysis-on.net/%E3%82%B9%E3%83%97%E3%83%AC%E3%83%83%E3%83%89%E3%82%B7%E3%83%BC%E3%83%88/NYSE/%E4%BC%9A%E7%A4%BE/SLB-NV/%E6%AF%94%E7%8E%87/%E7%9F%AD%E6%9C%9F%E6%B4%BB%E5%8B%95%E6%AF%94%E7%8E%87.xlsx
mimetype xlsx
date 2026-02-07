--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -30,54 +30,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="比率(概要)" sheetId="1" r:id="rId4"/>
     <sheet name="在庫回転率" sheetId="2" r:id="rId5"/>
     <sheet name="売掛金回転率" sheetId="3" r:id="rId6"/>
     <sheet name="買掛金回転率" sheetId="4" r:id="rId7"/>
     <sheet name="運転資本回転率" sheetId="5" r:id="rId8"/>
     <sheet name="在庫のローテーション日数" sheetId="6" r:id="rId9"/>
     <sheet name="売掛金のローテーション日数" sheetId="7" r:id="rId10"/>
     <sheet name="運転サイクル" sheetId="8" r:id="rId11"/>
     <sheet name="買掛金のローテーション日数" sheetId="9" r:id="rId12"/>
     <sheet name="キャッシュコンバージョンサイクル" sheetId="10" r:id="rId13"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>短期的な活動率</t>
   </si>
   <si>
     <t>離職率</t>
   </si>
   <si>
     <t>在庫回転率</t>
   </si>
   <si>
     <t>売掛金回転率</t>
   </si>
   <si>
     <t>買掛金回転率</t>
   </si>
   <si>
     <t>運転資本回転率</t>
   </si>
   <si>
     <t>平均日数</t>
   </si>
   <si>
@@ -107,51 +104,51 @@
   <si>
     <t>在庫</t>
   </si>
   <si>
     <t>短期活動比率</t>
   </si>
   <si>
     <t>ベンチマーク</t>
   </si>
   <si>
     <t>在庫回転率産業</t>
   </si>
   <si>
     <t>エネルギー</t>
   </si>
   <si>
     <t>収入</t>
   </si>
   <si>
     <t>売掛金から貸倒引当金を差し引いた金額</t>
   </si>
   <si>
     <t>売掛金回転率産業</t>
   </si>
   <si>
-    <t>取引買掛金</t>
+    <t>買掛金取引</t>
   </si>
   <si>
     <t>買掛金回転率産業</t>
   </si>
   <si>
     <t>流動資産</t>
   </si>
   <si>
     <t>レス： 流動負債</t>
   </si>
   <si>
     <t>運転資本</t>
   </si>
   <si>
     <t>運転資本回転率産業</t>
   </si>
   <si>
     <t>選択した財務データ</t>
   </si>
   <si>
     <t>短期活動率(日数)</t>
   </si>
   <si>
     <t>ベンチマーク (日数)</t>
   </si>
@@ -171,67 +168,58 @@
     <t>日数</t>
   </si>
   <si>
     <t>運転サイクル産業</t>
   </si>
   <si>
     <t>買掛金のローテーション日数</t>
   </si>
   <si>
     <t>買掛金のローテーション日数産業</t>
   </si>
   <si>
     <t>キャッシュコンバージョンサイクル産業</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0;-#,##0;&quot;—&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -294,96 +282,95 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="18">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="167" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -685,1797 +672,1747 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4"/>
-[...16 lines deleted...]
-    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="7">
+        <v>5.8</v>
+      </c>
+      <c r="C6" s="7">
+        <v>6.59</v>
+      </c>
+      <c r="D6" s="7">
+        <v>6.06</v>
+      </c>
+      <c r="E6" s="7">
+        <v>5.73</v>
+      </c>
+      <c r="F6" s="7">
+        <v>5.89</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="B7" s="7">
+        <v>4.11</v>
+      </c>
+      <c r="C7" s="7">
+        <v>4.53</v>
+      </c>
+      <c r="D7" s="7">
+        <v>4.24</v>
+      </c>
+      <c r="E7" s="7">
+        <v>3.99</v>
+      </c>
+      <c r="F7" s="7">
+        <v>4.31</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="7">
+        <v>6.0099999999999998</v>
+      </c>
+      <c r="C8" s="7">
+        <v>6.82</v>
+      </c>
+      <c r="D8" s="7">
+        <v>5.76</v>
+      </c>
+      <c r="E8" s="7">
+        <v>5.85</v>
+      </c>
+      <c r="F8" s="7">
+        <v>6.0099999999999998</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
-[...19 lines deleted...]
-      <c r="A10" s="7" t="s">
+      <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="8" t="e">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="B9" s="7">
+        <v>7.45</v>
+      </c>
+      <c r="C9" s="7">
+        <v>6.3</v>
+      </c>
+      <c r="D9" s="7">
+        <v>7.66</v>
+      </c>
+      <c r="E9" s="7">
+        <v>9.41</v>
+      </c>
+      <c r="F9" s="7">
+        <v>9.99</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="5" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="7" t="s">
-[...18 lines deleted...]
-    <row r="12" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A11" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="8">
+        <v>63.0</v>
+      </c>
+      <c r="C11" s="8">
+        <v>55.0</v>
+      </c>
+      <c r="D11" s="8">
+        <v>60.0</v>
+      </c>
+      <c r="E11" s="8">
+        <v>64.0</v>
+      </c>
+      <c r="F11" s="8">
+        <v>62.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
+      </c>
+      <c r="B12" s="8">
+        <v>89.0</v>
+      </c>
+      <c r="C12" s="8">
+        <v>81.0</v>
+      </c>
+      <c r="D12" s="8">
+        <v>86.0</v>
+      </c>
+      <c r="E12" s="8">
+        <v>91.0</v>
+      </c>
+      <c r="F12" s="8">
+        <v>85.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="10">
+        <v>152.0</v>
+      </c>
+      <c r="C13" s="10">
+        <v>136.0</v>
+      </c>
+      <c r="D13" s="10">
+        <v>146.0</v>
+      </c>
+      <c r="E13" s="10">
+        <v>155.0</v>
+      </c>
+      <c r="F13" s="10">
+        <v>147.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="8">
+        <v>61.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>54.0</v>
+      </c>
+      <c r="D14" s="8">
+        <v>63.0</v>
+      </c>
+      <c r="E14" s="8">
+        <v>62.0</v>
+      </c>
+      <c r="F14" s="8">
+        <v>61.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="10" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="10">
+        <v>91.0</v>
+      </c>
+      <c r="C15" s="10">
+        <v>82.0</v>
+      </c>
+      <c r="D15" s="10">
+        <v>83.0</v>
+      </c>
+      <c r="E15" s="10">
+        <v>93.0</v>
+      </c>
+      <c r="F15" s="10">
+        <v>86.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="7" t="s">
-[...19 lines deleted...]
-      <c r="A17" s="12" t="s">
+      <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="11" t="e">
-[...23 lines deleted...]
-      <c r="F18" s="13"/>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...189 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
-[...5 lines deleted...]
-      <c r="B6" s="5">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3"/>
+      <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F5" s="4">
         <v>44561</v>
       </c>
-      <c r="F6" s="5">
-[...3 lines deleted...]
-    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>15</v>
+        <v>8</v>
+      </c>
+      <c r="B7" s="8">
+        <v>63.0</v>
+      </c>
+      <c r="C7" s="8">
+        <v>55.0</v>
+      </c>
+      <c r="D7" s="8">
+        <v>60.0</v>
+      </c>
+      <c r="E7" s="8">
+        <v>64.0</v>
+      </c>
+      <c r="F7" s="8">
+        <v>62.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="8">
+        <v>89.0</v>
+      </c>
+      <c r="C8" s="8">
+        <v>81.0</v>
+      </c>
+      <c r="D8" s="8">
+        <v>86.0</v>
+      </c>
+      <c r="E8" s="8">
+        <v>91.0</v>
+      </c>
+      <c r="F8" s="8">
+        <v>85.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="8">
+        <v>61.0</v>
+      </c>
+      <c r="C9" s="8">
+        <v>54.0</v>
+      </c>
+      <c r="D9" s="8">
+        <v>63.0</v>
+      </c>
+      <c r="E9" s="8">
+        <v>62.0</v>
+      </c>
+      <c r="F9" s="8">
+        <v>61.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="14" t="e">
-[...16 lines deleted...]
-      <c r="A10" s="6" t="s">
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="10">
+        <v>91.0</v>
+      </c>
+      <c r="C11" s="10">
+        <v>82.0</v>
+      </c>
+      <c r="D11" s="10">
+        <v>83.0</v>
+      </c>
+      <c r="E11" s="10">
+        <v>93.0</v>
+      </c>
+      <c r="F11" s="10">
+        <v>86.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A12" s="5" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
-[...23 lines deleted...]
-    </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A13" s="16" t="s">
+      <c r="A13" s="15" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="16" t="s">
         <v>20</v>
       </c>
-    </row>
-[...17 lines deleted...]
-        <v>#N/A</v>
+      <c r="B14" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>23.0</v>
+      </c>
+      <c r="D14" s="8">
+        <v>24.0</v>
+      </c>
+      <c r="E14" s="8">
+        <v>21.0</v>
+      </c>
+      <c r="F14" s="8">
+        <v>26.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="13" t="s">
-[...6 lines deleted...]
-      <c r="F15" s="13"/>
+      <c r="A15" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="12"/>
+      <c r="F15" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F15" sqref="F15"/>
+      <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
-        <v>5</v>
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4"/>
-[...16 lines deleted...]
-    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="13">
+        <v>29201.0</v>
+      </c>
+      <c r="C6" s="13">
+        <v>28829.0</v>
+      </c>
+      <c r="D6" s="13">
+        <v>26572.0</v>
+      </c>
+      <c r="E6" s="13">
+        <v>22930.0</v>
+      </c>
+      <c r="F6" s="13">
+        <v>19271.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>15</v>
-[...19 lines deleted...]
-        <v>#N/A</v>
+        <v>16</v>
+      </c>
+      <c r="B7" s="13">
+        <v>5032.0</v>
+      </c>
+      <c r="C7" s="13">
+        <v>4375.0</v>
+      </c>
+      <c r="D7" s="13">
+        <v>4387.0</v>
+      </c>
+      <c r="E7" s="13">
+        <v>3999.0</v>
+      </c>
+      <c r="F7" s="13">
+        <v>3272.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="14">
+        <v>5.8</v>
+      </c>
+      <c r="C9" s="14">
+        <v>6.59</v>
+      </c>
+      <c r="D9" s="14">
+        <v>6.06</v>
+      </c>
+      <c r="E9" s="14">
+        <v>5.73</v>
+      </c>
+      <c r="F9" s="14">
+        <v>5.89</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A10" s="6" t="s">
+      <c r="A10" s="5" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
-[...20 lines deleted...]
-      <c r="A12" s="6" t="s">
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="15" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="13" spans="1:6" customHeight="1" ht="28.8">
-[...32 lines deleted...]
-      <c r="F15" s="13"/>
+    <row r="12" spans="1:6">
+      <c r="A12" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>15.89</v>
+      </c>
+      <c r="D12" s="7">
+        <v>15.55</v>
+      </c>
+      <c r="E12" s="7">
+        <v>19.41</v>
+      </c>
+      <c r="F12" s="7">
+        <v>16.82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="12"/>
+      <c r="E13" s="12"/>
+      <c r="F13" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F15" sqref="F15"/>
+      <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
-        <v>6</v>
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4"/>
-[...16 lines deleted...]
-    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="13">
+        <v>35708.0</v>
+      </c>
+      <c r="C6" s="13">
+        <v>36289.0</v>
+      </c>
+      <c r="D6" s="13">
+        <v>33135.0</v>
+      </c>
+      <c r="E6" s="13">
+        <v>28091.0</v>
+      </c>
+      <c r="F6" s="13">
+        <v>22929.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>15</v>
-[...19 lines deleted...]
-        <v>#N/A</v>
+        <v>22</v>
+      </c>
+      <c r="B7" s="13">
+        <v>8689.0</v>
+      </c>
+      <c r="C7" s="13">
+        <v>8011.0</v>
+      </c>
+      <c r="D7" s="13">
+        <v>7812.0</v>
+      </c>
+      <c r="E7" s="13">
+        <v>7032.0</v>
+      </c>
+      <c r="F7" s="13">
+        <v>5315.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" s="14">
+        <v>4.11</v>
+      </c>
+      <c r="C9" s="14">
+        <v>4.53</v>
+      </c>
+      <c r="D9" s="14">
+        <v>4.24</v>
+      </c>
+      <c r="E9" s="14">
+        <v>3.99</v>
+      </c>
+      <c r="F9" s="14">
+        <v>4.31</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A10" s="6" t="s">
+      <c r="A10" s="5" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
-[...57 lines deleted...]
-      <c r="F15" s="13"/>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="15" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>8.83</v>
+      </c>
+      <c r="D12" s="7">
+        <v>9.78</v>
+      </c>
+      <c r="E12" s="7">
+        <v>10.99</v>
+      </c>
+      <c r="F12" s="7">
+        <v>8.77</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="12"/>
+      <c r="E13" s="12"/>
+      <c r="F13" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
-        <v>7</v>
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4"/>
-[...16 lines deleted...]
-    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="13">
+        <v>29201.0</v>
+      </c>
+      <c r="C6" s="13">
+        <v>28829.0</v>
+      </c>
+      <c r="D6" s="13">
+        <v>26572.0</v>
+      </c>
+      <c r="E6" s="13">
+        <v>22930.0</v>
+      </c>
+      <c r="F6" s="13">
+        <v>19271.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>15</v>
-[...19 lines deleted...]
-        <v>#N/A</v>
+        <v>24</v>
+      </c>
+      <c r="B7" s="13">
+        <v>4859.0</v>
+      </c>
+      <c r="C7" s="13">
+        <v>4230.0</v>
+      </c>
+      <c r="D7" s="13">
+        <v>4613.0</v>
+      </c>
+      <c r="E7" s="13">
+        <v>3921.0</v>
+      </c>
+      <c r="F7" s="13">
+        <v>3205.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="5" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="7" t="s">
-[...35 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="14">
+        <v>6.0099999999999998</v>
+      </c>
+      <c r="C9" s="14">
+        <v>6.82</v>
+      </c>
+      <c r="D9" s="14">
+        <v>5.76</v>
+      </c>
+      <c r="E9" s="14">
+        <v>5.85</v>
+      </c>
+      <c r="F9" s="14">
+        <v>6.0099999999999998</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="15" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="7" t="s">
-[...81 lines deleted...]
-      <c r="F18" s="13"/>
+      <c r="A12" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>10.0099999999999998</v>
+      </c>
+      <c r="E12" s="7">
+        <v>11.84</v>
+      </c>
+      <c r="F12" s="7">
+        <v>9.7</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="12"/>
+      <c r="E13" s="12"/>
+      <c r="F13" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:F16"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+      <selection activeCell="F16" sqref="F16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="60" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="13">
+        <v>19513.0</v>
+      </c>
+      <c r="C6" s="13">
+        <v>18570.0</v>
+      </c>
+      <c r="D6" s="13">
+        <v>17718.0</v>
+      </c>
+      <c r="E6" s="13">
+        <v>15003.0</v>
+      </c>
+      <c r="F6" s="13">
+        <v>12654.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="13">
+        <v>14721.0</v>
+      </c>
+      <c r="C7" s="13">
+        <v>12811.0</v>
+      </c>
+      <c r="D7" s="13">
+        <v>13395.0</v>
+      </c>
+      <c r="E7" s="13">
+        <v>12018.0</v>
+      </c>
+      <c r="F7" s="13">
+        <v>10359.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="17">
+        <v>4792.0</v>
+      </c>
+      <c r="C8" s="17">
+        <v>5759.0</v>
+      </c>
+      <c r="D8" s="17">
+        <v>4323.0</v>
+      </c>
+      <c r="E8" s="17">
+        <v>2985.0</v>
+      </c>
+      <c r="F8" s="17">
+        <v>2295.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="13">
+        <v>35708.0</v>
+      </c>
+      <c r="C10" s="13">
+        <v>36289.0</v>
+      </c>
+      <c r="D10" s="13">
+        <v>33135.0</v>
+      </c>
+      <c r="E10" s="13">
+        <v>28091.0</v>
+      </c>
+      <c r="F10" s="13">
+        <v>22929.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A11" s="5" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="14">
+        <v>7.45</v>
+      </c>
+      <c r="C12" s="14">
+        <v>6.3</v>
+      </c>
+      <c r="D12" s="14">
+        <v>7.66</v>
+      </c>
+      <c r="E12" s="14">
+        <v>9.41</v>
+      </c>
+      <c r="F12" s="14">
+        <v>9.99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A13" s="5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A14" s="15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
+        <v>18.72</v>
+      </c>
+      <c r="D15" s="7">
+        <v>12.72</v>
+      </c>
+      <c r="E15" s="7">
+        <v>13.82</v>
+      </c>
+      <c r="F15" s="7">
+        <v>31.75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="12"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="12"/>
+      <c r="F16" s="12"/>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:F12"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+      <selection activeCell="F12" sqref="F12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="60" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="7">
+        <v>5.8</v>
+      </c>
+      <c r="C6" s="7">
+        <v>6.59</v>
+      </c>
+      <c r="D6" s="7">
+        <v>6.06</v>
+      </c>
+      <c r="E6" s="7">
+        <v>5.73</v>
+      </c>
+      <c r="F6" s="7">
+        <v>5.89</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A7" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" s="10">
+        <v>63.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>55.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>60.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>64.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>62.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A9" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A10" s="15" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="8">
+        <v>23.0</v>
+      </c>
+      <c r="D11" s="8">
+        <v>23.0</v>
+      </c>
+      <c r="E11" s="8">
+        <v>19.0</v>
+      </c>
+      <c r="F11" s="8">
+        <v>22.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:F12"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+      <selection activeCell="F12" sqref="F12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="60" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="7">
+        <v>4.11</v>
+      </c>
+      <c r="C6" s="7">
+        <v>4.53</v>
+      </c>
+      <c r="D6" s="7">
+        <v>4.24</v>
+      </c>
+      <c r="E6" s="7">
+        <v>3.99</v>
+      </c>
+      <c r="F6" s="7">
+        <v>4.31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A7" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="10">
+        <v>89.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>81.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>86.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>91.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>85.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A9" s="5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A10" s="15" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="8">
+        <v>41.0</v>
+      </c>
+      <c r="D11" s="8">
+        <v>37.0</v>
+      </c>
+      <c r="E11" s="8">
+        <v>33.0</v>
+      </c>
+      <c r="F11" s="8">
+        <v>42.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
-[...5 lines deleted...]
-      <c r="B6" s="5">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3"/>
+      <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F5" s="4">
         <v>44561</v>
       </c>
-      <c r="F6" s="5">
-[...3 lines deleted...]
-    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A6" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>31</v>
+        <v>8</v>
+      </c>
+      <c r="B7" s="8">
+        <v>63.0</v>
+      </c>
+      <c r="C7" s="8">
+        <v>55.0</v>
+      </c>
+      <c r="D7" s="8">
+        <v>60.0</v>
+      </c>
+      <c r="E7" s="8">
+        <v>64.0</v>
+      </c>
+      <c r="F7" s="8">
+        <v>62.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="8">
+        <v>89.0</v>
+      </c>
+      <c r="C8" s="8">
+        <v>81.0</v>
+      </c>
+      <c r="D8" s="8">
+        <v>86.0</v>
+      </c>
+      <c r="E8" s="8">
+        <v>91.0</v>
+      </c>
+      <c r="F8" s="8">
+        <v>85.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A9" s="6" t="s">
-        <v>32</v>
+      <c r="A9" s="5" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="12" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="10">
+        <v>152.0</v>
+      </c>
+      <c r="C10" s="10">
+        <v>136.0</v>
+      </c>
+      <c r="D10" s="10">
+        <v>146.0</v>
+      </c>
+      <c r="E10" s="10">
+        <v>155.0</v>
+      </c>
+      <c r="F10" s="10">
+        <v>147.0</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A11" s="6" t="s">
-        <v>33</v>
+      <c r="A11" s="5" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A12" s="16" t="s">
-        <v>34</v>
+      <c r="A12" s="15" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="17" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="8">
+        <v>64.0</v>
+      </c>
+      <c r="D13" s="8">
+        <v>60.0</v>
+      </c>
+      <c r="E13" s="8">
+        <v>52.0</v>
+      </c>
+      <c r="F13" s="8">
+        <v>64.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="13" t="s">
-[...6 lines deleted...]
-      <c r="F14" s="13"/>
+      <c r="A14" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="12"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="12"/>
+      <c r="E14" s="12"/>
+      <c r="F14" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F14" sqref="F14"/>
+      <selection activeCell="F12" sqref="F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
-        <v>35</v>
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="D4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="5" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4"/>
-[...13 lines deleted...]
-        <v>44196</v>
+      <c r="A6" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="7">
+        <v>6.0099999999999998</v>
+      </c>
+      <c r="C6" s="7">
+        <v>6.82</v>
+      </c>
+      <c r="D6" s="7">
+        <v>5.76</v>
+      </c>
+      <c r="E6" s="7">
+        <v>5.85</v>
+      </c>
+      <c r="F6" s="7">
+        <v>6.0099999999999998</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A7" s="6" t="s">
+      <c r="A7" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="7" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" s="10">
+        <v>61.0</v>
+      </c>
+      <c r="C8" s="10">
+        <v>54.0</v>
+      </c>
+      <c r="D8" s="10">
+        <v>63.0</v>
+      </c>
+      <c r="E8" s="10">
+        <v>62.0</v>
+      </c>
+      <c r="F8" s="10">
+        <v>61.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A9" s="6" t="s">
+      <c r="A9" s="5" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="10" spans="1:6">
-[...167 lines deleted...]
-        <v>18</v>
+    <row r="10" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A10" s="15" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C11" s="8">
+        <v>41.0</v>
+      </c>
+      <c r="D11" s="8">
+        <v>36.0</v>
+      </c>
+      <c r="E11" s="8">
+        <v>31.0</v>
+      </c>
+      <c r="F11" s="8">
+        <v>38.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="12" t="s">
-        <v>11</v>
-[...201 lines deleted...]
-      <c r="F14" s="13"/>
+        <v>13</v>
+      </c>
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">