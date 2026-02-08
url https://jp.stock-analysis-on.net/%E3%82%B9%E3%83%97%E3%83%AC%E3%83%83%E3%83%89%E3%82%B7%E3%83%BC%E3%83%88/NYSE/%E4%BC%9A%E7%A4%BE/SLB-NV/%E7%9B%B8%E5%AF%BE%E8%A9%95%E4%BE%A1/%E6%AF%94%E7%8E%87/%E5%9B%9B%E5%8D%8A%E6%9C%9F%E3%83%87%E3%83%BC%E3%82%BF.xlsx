--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -20,153 +20,141 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="過去のバリュエーション比率" sheetId="1" r:id="rId4"/>
     <sheet name="P-E" sheetId="2" r:id="rId5"/>
     <sheet name="P-OP" sheetId="3" r:id="rId6"/>
     <sheet name="P-S" sheetId="4" r:id="rId7"/>
     <sheet name="P-BV" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>過去のバリュエーション比率(サマリー)</t>
   </si>
   <si>
     <t>四半期データ</t>
   </si>
   <si>
     <t>株価純利益率 (P/E)</t>
   </si>
   <si>
     <t>営業利益率 (P/OP)</t>
   </si>
   <si>
     <t>株価収益率 (P/S)</t>
   </si>
   <si>
     <t>株価純資産比率 (P/BV)</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
   <si>
     <t>発行済普通株式数</t>
   </si>
   <si>
     <t>選択した財務データ (米ドル)</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失) (数百万単位)</t>
+    <t>SLBに帰属する純利益 (数百万単位)</t>
   </si>
   <si>
     <t>1株当たり利益 (EPS)</t>
   </si>
   <si>
     <t>株価</t>
   </si>
   <si>
     <t>バリュエーション比率</t>
   </si>
   <si>
     <t>P/E</t>
   </si>
   <si>
-    <t>営業利益(損失) (数百万単位)</t>
+    <t>営業利益 (数百万単位)</t>
   </si>
   <si>
     <t>1株当たり営業利益</t>
   </si>
   <si>
     <t>P/OP</t>
   </si>
   <si>
     <t>収入 (数百万単位)</t>
   </si>
   <si>
     <t>1株当たり売上高</t>
   </si>
   <si>
     <t>P/S</t>
   </si>
   <si>
     <t>SLBの株主資本合計 (数百万単位)</t>
   </si>
   <si>
     <t>1株当たり簿価 (BVPS)</t>
   </si>
   <si>
     <t>P/BV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -229,82 +217,81 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="3" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -586,2568 +573,1899 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X12"/>
+  <dimension ref="A1:Q10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X12" sqref="X12"/>
+      <selection activeCell="Q10" sqref="Q10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
-      <c r="A4" s="3" t="s">
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
-      <c r="A5" s="4" t="s">
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-[...73 lines deleted...]
-      <c r="A8" s="7" t="s">
+      <c r="B6" s="7">
+        <v>21.78</v>
+      </c>
+      <c r="C6" s="7">
+        <v>14.3</v>
+      </c>
+      <c r="D6" s="7">
+        <v>11.64</v>
+      </c>
+      <c r="E6" s="7">
+        <v>11.21</v>
+      </c>
+      <c r="F6" s="7">
+        <v>13.07</v>
+      </c>
+      <c r="G6" s="7">
+        <v>13.28</v>
+      </c>
+      <c r="H6" s="7">
+        <v>15.44</v>
+      </c>
+      <c r="I6" s="7">
+        <v>16.19</v>
+      </c>
+      <c r="J6" s="7">
+        <v>17.55</v>
+      </c>
+      <c r="K6" s="7">
+        <v>19.4</v>
+      </c>
+      <c r="L6" s="7">
+        <v>20.81</v>
+      </c>
+      <c r="M6" s="7">
+        <v>17.62</v>
+      </c>
+      <c r="N6" s="7">
+        <v>23.22</v>
+      </c>
+      <c r="O6" s="7">
+        <v>24.85</v>
+      </c>
+      <c r="P6" s="7">
+        <v>19.61</v>
+      </c>
+      <c r="Q6" s="7">
+        <v>26.99</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="B7" s="7">
+        <v>16.83</v>
+      </c>
+      <c r="C7" s="7">
+        <v>10.92</v>
+      </c>
+      <c r="D7" s="7">
+        <v>9.06</v>
+      </c>
+      <c r="E7" s="7">
+        <v>8.46</v>
+      </c>
+      <c r="F7" s="7">
+        <v>10.050000000000001</v>
+      </c>
+      <c r="G7" s="7">
+        <v>10.14</v>
+      </c>
+      <c r="H7" s="7">
+        <v>11.81</v>
+      </c>
+      <c r="I7" s="7">
+        <v>12.44</v>
+      </c>
+      <c r="J7" s="7">
+        <v>13.55</v>
+      </c>
+      <c r="K7" s="7">
+        <v>15.3</v>
+      </c>
+      <c r="L7" s="7">
+        <v>16.4</v>
+      </c>
+      <c r="M7" s="7">
+        <v>14.72</v>
+      </c>
+      <c r="N7" s="7">
+        <v>19.24</v>
+      </c>
+      <c r="O7" s="7">
+        <v>20.039999999999999</v>
+      </c>
+      <c r="P7" s="7">
+        <v>15.69</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>18.99</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A10" s="7" t="s">
+      <c r="B8" s="7">
+        <v>2.06</v>
+      </c>
+      <c r="C8" s="7">
+        <v>1.48</v>
+      </c>
+      <c r="D8" s="7">
+        <v>1.34</v>
+      </c>
+      <c r="E8" s="7">
+        <v>1.3</v>
+      </c>
+      <c r="F8" s="7">
+        <v>1.61</v>
+      </c>
+      <c r="G8" s="7">
+        <v>1.65</v>
+      </c>
+      <c r="H8" s="7">
+        <v>1.94</v>
+      </c>
+      <c r="I8" s="7">
+        <v>2.06</v>
+      </c>
+      <c r="J8" s="7">
+        <v>2.23</v>
+      </c>
+      <c r="K8" s="7">
+        <v>2.52</v>
+      </c>
+      <c r="L8" s="7">
+        <v>2.63</v>
+      </c>
+      <c r="M8" s="7">
+        <v>2.28</v>
+      </c>
+      <c r="N8" s="7">
+        <v>2.84</v>
+      </c>
+      <c r="O8" s="7">
+        <v>2.8</v>
+      </c>
+      <c r="P8" s="7">
+        <v>2.07</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>2.39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A11" s="7" t="s">
+      <c r="B9" s="7">
+        <v>2.81</v>
+      </c>
+      <c r="C9" s="7">
+        <v>2.03</v>
+      </c>
+      <c r="D9" s="7">
+        <v>2.35</v>
+      </c>
+      <c r="E9" s="7">
+        <v>2.41</v>
+      </c>
+      <c r="F9" s="7">
+        <v>2.76</v>
+      </c>
+      <c r="G9" s="7">
+        <v>2.77</v>
+      </c>
+      <c r="H9" s="7">
+        <v>3.24</v>
+      </c>
+      <c r="I9" s="7">
+        <v>3.39</v>
+      </c>
+      <c r="J9" s="7">
+        <v>3.65</v>
+      </c>
+      <c r="K9" s="7">
+        <v>4.16</v>
+      </c>
+      <c r="L9" s="7">
+        <v>4.4</v>
+      </c>
+      <c r="M9" s="7">
+        <v>3.77</v>
+      </c>
+      <c r="N9" s="7">
+        <v>4.52</v>
+      </c>
+      <c r="O9" s="7">
+        <v>4.3</v>
+      </c>
+      <c r="P9" s="7">
+        <v>3.15</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>3.68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="8" t="e">
-[...95 lines deleted...]
-      <c r="X12" s="9"/>
+      <c r="B10" s="8"/>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+      <c r="G10" s="8"/>
+      <c r="H10" s="8"/>
+      <c r="I10" s="8"/>
+      <c r="J10" s="8"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8"/>
+      <c r="P10" s="8"/>
+      <c r="Q10" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X15"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X15" sqref="X15"/>
+      <selection activeCell="Q13" sqref="Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
-[...10 lines deleted...]
-      <c r="A5" s="4" t="s">
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
-[...1 lines deleted...]
-      <c r="B7" s="6">
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...25 lines deleted...]
-      <c r="A8" s="7" t="s">
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="9">
+        <v>1495331485.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>1493923635.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>1351248823.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>1360161654.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>1400850420.0</v>
+      </c>
+      <c r="G6" s="9">
+        <v>1412154298.0</v>
+      </c>
+      <c r="H6" s="9">
+        <v>1419841229.0</v>
+      </c>
+      <c r="I6" s="9">
+        <v>1429337724.0</v>
+      </c>
+      <c r="J6" s="9">
+        <v>1427394843.0</v>
+      </c>
+      <c r="K6" s="9">
+        <v>1423420641.0</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1421186016.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1425330904.0</v>
+      </c>
+      <c r="N6" s="9">
+        <v>1420188492.0</v>
+      </c>
+      <c r="O6" s="9">
+        <v>1417993775.0</v>
+      </c>
+      <c r="P6" s="9">
+        <v>1414388264.0</v>
+      </c>
+      <c r="Q6" s="9">
+        <v>1413460705.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="10" t="e">
-[...69 lines deleted...]
-    <row r="9" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="9">
+        <v>824.0</v>
+      </c>
+      <c r="C8" s="9">
+        <v>739.0</v>
+      </c>
+      <c r="D8" s="9">
+        <v>1014.0</v>
+      </c>
+      <c r="E8" s="9">
+        <v>797.0</v>
+      </c>
+      <c r="F8" s="9">
+        <v>1095.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>1186.0</v>
+      </c>
+      <c r="H8" s="9">
+        <v>1112.0</v>
+      </c>
+      <c r="I8" s="9">
+        <v>1068.0</v>
+      </c>
+      <c r="J8" s="9">
+        <v>1113.0</v>
+      </c>
+      <c r="K8" s="9">
+        <v>1123.0</v>
+      </c>
+      <c r="L8" s="9">
+        <v>1033.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>934.0</v>
+      </c>
+      <c r="N8" s="9">
+        <v>1065.0</v>
+      </c>
+      <c r="O8" s="9">
+        <v>907.0</v>
+      </c>
+      <c r="P8" s="9">
+        <v>959.0</v>
+      </c>
+      <c r="Q8" s="9">
+        <v>510.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      <c r="A10" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A11" s="12" t="s">
+      <c r="B9" s="7">
+        <v>2.26</v>
+      </c>
+      <c r="C9" s="7">
+        <v>2.44</v>
+      </c>
+      <c r="D9" s="7">
+        <v>3.03</v>
+      </c>
+      <c r="E9" s="7">
+        <v>3.08</v>
+      </c>
+      <c r="F9" s="7">
+        <v>3.18</v>
+      </c>
+      <c r="G9" s="7">
+        <v>3.17</v>
+      </c>
+      <c r="H9" s="7">
+        <v>3.11</v>
+      </c>
+      <c r="I9" s="7">
+        <v>3.03</v>
+      </c>
+      <c r="J9" s="7">
+        <v>2.94</v>
+      </c>
+      <c r="K9" s="7">
+        <v>2.92</v>
+      </c>
+      <c r="L9" s="7">
+        <v>2.77</v>
+      </c>
+      <c r="M9" s="7">
+        <v>2.71</v>
+      </c>
+      <c r="N9" s="7">
+        <v>2.42</v>
+      </c>
+      <c r="O9" s="7">
+        <v>2.1</v>
+      </c>
+      <c r="P9" s="7">
+        <v>1.85</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>1.48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="8" t="e">
-[...69 lines deleted...]
-    <row r="12" spans="1:24">
+      <c r="B10" s="7">
+        <v>49.15</v>
+      </c>
+      <c r="C10" s="7">
+        <v>34.9</v>
+      </c>
+      <c r="D10" s="7">
+        <v>35.24</v>
+      </c>
+      <c r="E10" s="7">
+        <v>34.52</v>
+      </c>
+      <c r="F10" s="7">
+        <v>41.63</v>
+      </c>
+      <c r="G10" s="7">
+        <v>42.13</v>
+      </c>
+      <c r="H10" s="7">
+        <v>48.030000000000001</v>
+      </c>
+      <c r="I10" s="7">
+        <v>49.11</v>
+      </c>
+      <c r="J10" s="7">
+        <v>51.67</v>
+      </c>
+      <c r="K10" s="7">
+        <v>56.62</v>
+      </c>
+      <c r="L10" s="7">
+        <v>57.67</v>
+      </c>
+      <c r="M10" s="7">
+        <v>47.78</v>
+      </c>
+      <c r="N10" s="7">
+        <v>56.25</v>
+      </c>
+      <c r="O10" s="7">
+        <v>52.18</v>
+      </c>
+      <c r="P10" s="7">
+        <v>36.33</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>39.95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
-        <v>13</v>
-[...72 lines deleted...]
-      <c r="A13" s="11" t="s">
         <v>14</v>
       </c>
-    </row>
-[...100 lines deleted...]
-      <c r="X15" s="9"/>
+      <c r="B12" s="13">
+        <v>21.78</v>
+      </c>
+      <c r="C12" s="13">
+        <v>14.3</v>
+      </c>
+      <c r="D12" s="13">
+        <v>11.64</v>
+      </c>
+      <c r="E12" s="13">
+        <v>11.21</v>
+      </c>
+      <c r="F12" s="13">
+        <v>13.07</v>
+      </c>
+      <c r="G12" s="13">
+        <v>13.28</v>
+      </c>
+      <c r="H12" s="13">
+        <v>15.44</v>
+      </c>
+      <c r="I12" s="13">
+        <v>16.19</v>
+      </c>
+      <c r="J12" s="13">
+        <v>17.55</v>
+      </c>
+      <c r="K12" s="13">
+        <v>19.4</v>
+      </c>
+      <c r="L12" s="13">
+        <v>20.81</v>
+      </c>
+      <c r="M12" s="13">
+        <v>17.62</v>
+      </c>
+      <c r="N12" s="13">
+        <v>23.22</v>
+      </c>
+      <c r="O12" s="13">
+        <v>24.85</v>
+      </c>
+      <c r="P12" s="13">
+        <v>19.61</v>
+      </c>
+      <c r="Q12" s="13">
+        <v>26.99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="8"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8"/>
+      <c r="P13" s="8"/>
+      <c r="Q13" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X15"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X15" sqref="X15"/>
+      <selection activeCell="Q13" sqref="Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
-[...16 lines deleted...]
-      <c r="B7" s="6">
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...25 lines deleted...]
-      <c r="A8" s="7" t="s">
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="9">
+        <v>1495331485.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>1493923635.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>1351248823.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>1360161654.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>1400850420.0</v>
+      </c>
+      <c r="G6" s="9">
+        <v>1412154298.0</v>
+      </c>
+      <c r="H6" s="9">
+        <v>1419841229.0</v>
+      </c>
+      <c r="I6" s="9">
+        <v>1429337724.0</v>
+      </c>
+      <c r="J6" s="9">
+        <v>1427394843.0</v>
+      </c>
+      <c r="K6" s="9">
+        <v>1423420641.0</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1421186016.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1425330904.0</v>
+      </c>
+      <c r="N6" s="9">
+        <v>1420188492.0</v>
+      </c>
+      <c r="O6" s="9">
+        <v>1417993775.0</v>
+      </c>
+      <c r="P6" s="9">
+        <v>1414388264.0</v>
+      </c>
+      <c r="Q6" s="9">
+        <v>1413460705.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="10" t="e">
-[...69 lines deleted...]
-    <row r="9" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="9">
+        <v>997.0</v>
+      </c>
+      <c r="C8" s="9">
+        <v>1064.0</v>
+      </c>
+      <c r="D8" s="9">
+        <v>1175.0</v>
+      </c>
+      <c r="E8" s="9">
+        <v>1132.0</v>
+      </c>
+      <c r="F8" s="9">
+        <v>1403.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>1547.0</v>
+      </c>
+      <c r="H8" s="9">
+        <v>1468.0</v>
+      </c>
+      <c r="I8" s="9">
+        <v>1386.0</v>
+      </c>
+      <c r="J8" s="9">
+        <v>1468.0</v>
+      </c>
+      <c r="K8" s="9">
+        <v>1451.0</v>
+      </c>
+      <c r="L8" s="9">
+        <v>1338.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>1186.0</v>
+      </c>
+      <c r="N8" s="9">
+        <v>1294.0</v>
+      </c>
+      <c r="O8" s="9">
+        <v>1181.0</v>
+      </c>
+      <c r="P8" s="9">
+        <v>965.0</v>
+      </c>
+      <c r="Q8" s="9">
+        <v>711.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      <c r="A10" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A11" s="12" t="s">
+      <c r="B9" s="7">
+        <v>2.92</v>
+      </c>
+      <c r="C9" s="7">
+        <v>3.2</v>
+      </c>
+      <c r="D9" s="7">
+        <v>3.89</v>
+      </c>
+      <c r="E9" s="7">
+        <v>4.08</v>
+      </c>
+      <c r="F9" s="7">
+        <v>4.14</v>
+      </c>
+      <c r="G9" s="7">
+        <v>4.16</v>
+      </c>
+      <c r="H9" s="7">
+        <v>4.07</v>
+      </c>
+      <c r="I9" s="7">
+        <v>3.95</v>
+      </c>
+      <c r="J9" s="7">
+        <v>3.81</v>
+      </c>
+      <c r="K9" s="7">
+        <v>3.7</v>
+      </c>
+      <c r="L9" s="7">
+        <v>3.52</v>
+      </c>
+      <c r="M9" s="7">
+        <v>3.25</v>
+      </c>
+      <c r="N9" s="7">
+        <v>2.92</v>
+      </c>
+      <c r="O9" s="7">
+        <v>2.6</v>
+      </c>
+      <c r="P9" s="7">
+        <v>2.32</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="7">
+        <v>49.15</v>
+      </c>
+      <c r="C10" s="7">
+        <v>34.9</v>
+      </c>
+      <c r="D10" s="7">
+        <v>35.24</v>
+      </c>
+      <c r="E10" s="7">
+        <v>34.52</v>
+      </c>
+      <c r="F10" s="7">
+        <v>41.63</v>
+      </c>
+      <c r="G10" s="7">
+        <v>42.13</v>
+      </c>
+      <c r="H10" s="7">
+        <v>48.030000000000001</v>
+      </c>
+      <c r="I10" s="7">
+        <v>49.11</v>
+      </c>
+      <c r="J10" s="7">
+        <v>51.67</v>
+      </c>
+      <c r="K10" s="7">
+        <v>56.62</v>
+      </c>
+      <c r="L10" s="7">
+        <v>57.67</v>
+      </c>
+      <c r="M10" s="7">
+        <v>47.78</v>
+      </c>
+      <c r="N10" s="7">
+        <v>56.25</v>
+      </c>
+      <c r="O10" s="7">
+        <v>52.18</v>
+      </c>
+      <c r="P10" s="7">
+        <v>36.33</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>39.95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="8" t="e">
-[...248 lines deleted...]
-      <c r="X15" s="9"/>
+      <c r="B12" s="13">
+        <v>16.83</v>
+      </c>
+      <c r="C12" s="13">
+        <v>10.92</v>
+      </c>
+      <c r="D12" s="13">
+        <v>9.06</v>
+      </c>
+      <c r="E12" s="13">
+        <v>8.46</v>
+      </c>
+      <c r="F12" s="13">
+        <v>10.050000000000001</v>
+      </c>
+      <c r="G12" s="13">
+        <v>10.14</v>
+      </c>
+      <c r="H12" s="13">
+        <v>11.81</v>
+      </c>
+      <c r="I12" s="13">
+        <v>12.44</v>
+      </c>
+      <c r="J12" s="13">
+        <v>13.55</v>
+      </c>
+      <c r="K12" s="13">
+        <v>15.3</v>
+      </c>
+      <c r="L12" s="13">
+        <v>16.4</v>
+      </c>
+      <c r="M12" s="13">
+        <v>14.72</v>
+      </c>
+      <c r="N12" s="13">
+        <v>19.24</v>
+      </c>
+      <c r="O12" s="13">
+        <v>20.039999999999999</v>
+      </c>
+      <c r="P12" s="13">
+        <v>15.69</v>
+      </c>
+      <c r="Q12" s="13">
+        <v>18.99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="8"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8"/>
+      <c r="P13" s="8"/>
+      <c r="Q13" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X15"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X15" sqref="X15"/>
+      <selection activeCell="Q13" sqref="Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
-[...16 lines deleted...]
-      <c r="B7" s="6">
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...25 lines deleted...]
-      <c r="A8" s="7" t="s">
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="9">
+        <v>1495331485.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>1493923635.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>1351248823.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>1360161654.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>1400850420.0</v>
+      </c>
+      <c r="G6" s="9">
+        <v>1412154298.0</v>
+      </c>
+      <c r="H6" s="9">
+        <v>1419841229.0</v>
+      </c>
+      <c r="I6" s="9">
+        <v>1429337724.0</v>
+      </c>
+      <c r="J6" s="9">
+        <v>1427394843.0</v>
+      </c>
+      <c r="K6" s="9">
+        <v>1423420641.0</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1421186016.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1425330904.0</v>
+      </c>
+      <c r="N6" s="9">
+        <v>1420188492.0</v>
+      </c>
+      <c r="O6" s="9">
+        <v>1417993775.0</v>
+      </c>
+      <c r="P6" s="9">
+        <v>1414388264.0</v>
+      </c>
+      <c r="Q6" s="9">
+        <v>1413460705.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="10" t="e">
-[...69 lines deleted...]
-    <row r="9" spans="1:24" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="9">
+        <v>9744.0</v>
+      </c>
+      <c r="C8" s="9">
+        <v>8928.0</v>
+      </c>
+      <c r="D8" s="9">
+        <v>8546.0</v>
+      </c>
+      <c r="E8" s="9">
+        <v>8490.0</v>
+      </c>
+      <c r="F8" s="9">
+        <v>9284.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>9159.0</v>
+      </c>
+      <c r="H8" s="9">
+        <v>9139.0</v>
+      </c>
+      <c r="I8" s="9">
+        <v>8707.0</v>
+      </c>
+      <c r="J8" s="9">
+        <v>8990.0</v>
+      </c>
+      <c r="K8" s="9">
+        <v>8310.0</v>
+      </c>
+      <c r="L8" s="9">
+        <v>8099.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>7736.0</v>
+      </c>
+      <c r="N8" s="9">
+        <v>7879.0</v>
+      </c>
+      <c r="O8" s="9">
+        <v>7477.0</v>
+      </c>
+      <c r="P8" s="9">
+        <v>6773.0</v>
+      </c>
+      <c r="Q8" s="9">
+        <v>5962.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      <c r="A10" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="B10" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A11" s="12" t="s">
+      <c r="B9" s="7">
+        <v>23.88</v>
+      </c>
+      <c r="C9" s="7">
+        <v>23.59</v>
+      </c>
+      <c r="D9" s="7">
+        <v>26.26</v>
+      </c>
+      <c r="E9" s="7">
+        <v>26.52</v>
+      </c>
+      <c r="F9" s="7">
+        <v>25.9</v>
+      </c>
+      <c r="G9" s="7">
+        <v>25.49</v>
+      </c>
+      <c r="H9" s="7">
+        <v>24.75</v>
+      </c>
+      <c r="I9" s="7">
+        <v>23.86</v>
+      </c>
+      <c r="J9" s="7">
+        <v>23.21</v>
+      </c>
+      <c r="K9" s="7">
+        <v>22.5</v>
+      </c>
+      <c r="L9" s="7">
+        <v>21.95</v>
+      </c>
+      <c r="M9" s="7">
+        <v>20.95</v>
+      </c>
+      <c r="N9" s="7">
+        <v>19.78</v>
+      </c>
+      <c r="O9" s="7">
+        <v>18.64</v>
+      </c>
+      <c r="P9" s="7">
+        <v>17.54</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>16.74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="7">
+        <v>49.15</v>
+      </c>
+      <c r="C10" s="7">
+        <v>34.9</v>
+      </c>
+      <c r="D10" s="7">
+        <v>35.24</v>
+      </c>
+      <c r="E10" s="7">
+        <v>34.52</v>
+      </c>
+      <c r="F10" s="7">
+        <v>41.63</v>
+      </c>
+      <c r="G10" s="7">
+        <v>42.13</v>
+      </c>
+      <c r="H10" s="7">
+        <v>48.030000000000001</v>
+      </c>
+      <c r="I10" s="7">
+        <v>49.11</v>
+      </c>
+      <c r="J10" s="7">
+        <v>51.67</v>
+      </c>
+      <c r="K10" s="7">
+        <v>56.62</v>
+      </c>
+      <c r="L10" s="7">
+        <v>57.67</v>
+      </c>
+      <c r="M10" s="7">
+        <v>47.78</v>
+      </c>
+      <c r="N10" s="7">
+        <v>56.25</v>
+      </c>
+      <c r="O10" s="7">
+        <v>52.18</v>
+      </c>
+      <c r="P10" s="7">
+        <v>36.33</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>39.95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="B11" s="8" t="e">
-[...248 lines deleted...]
-      <c r="X15" s="9"/>
+      <c r="B12" s="13">
+        <v>2.06</v>
+      </c>
+      <c r="C12" s="13">
+        <v>1.48</v>
+      </c>
+      <c r="D12" s="13">
+        <v>1.34</v>
+      </c>
+      <c r="E12" s="13">
+        <v>1.3</v>
+      </c>
+      <c r="F12" s="13">
+        <v>1.61</v>
+      </c>
+      <c r="G12" s="13">
+        <v>1.65</v>
+      </c>
+      <c r="H12" s="13">
+        <v>1.94</v>
+      </c>
+      <c r="I12" s="13">
+        <v>2.06</v>
+      </c>
+      <c r="J12" s="13">
+        <v>2.23</v>
+      </c>
+      <c r="K12" s="13">
+        <v>2.52</v>
+      </c>
+      <c r="L12" s="13">
+        <v>2.63</v>
+      </c>
+      <c r="M12" s="13">
+        <v>2.28</v>
+      </c>
+      <c r="N12" s="13">
+        <v>2.84</v>
+      </c>
+      <c r="O12" s="13">
+        <v>2.8</v>
+      </c>
+      <c r="P12" s="13">
+        <v>2.07</v>
+      </c>
+      <c r="Q12" s="13">
+        <v>2.39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="8"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8"/>
+      <c r="P13" s="8"/>
+      <c r="Q13" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X15"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X15" sqref="X15"/>
+      <selection activeCell="Q13" sqref="Q13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
-[...5 lines deleted...]
-      <c r="A4" s="3" t="s">
+    <row r="2" spans="1:17">
+      <c r="A2" s="2" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="4"/>
+      <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
+        <v>45930</v>
+      </c>
+      <c r="D5" s="5">
+        <v>45838</v>
+      </c>
+      <c r="E5" s="5">
+        <v>45747</v>
+      </c>
+      <c r="F5" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G5" s="5">
+        <v>45565</v>
+      </c>
+      <c r="H5" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I5" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J5" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K5" s="5">
+        <v>45199</v>
+      </c>
+      <c r="L5" s="5">
+        <v>45107</v>
+      </c>
+      <c r="M5" s="5">
+        <v>45016</v>
+      </c>
+      <c r="N5" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O5" s="5">
+        <v>44834</v>
+      </c>
+      <c r="P5" s="5">
+        <v>44742</v>
+      </c>
+      <c r="Q5" s="5">
+        <v>44651</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17">
+      <c r="A6" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="9">
+        <v>1495331485.0</v>
+      </c>
+      <c r="C6" s="9">
+        <v>1493923635.0</v>
+      </c>
+      <c r="D6" s="9">
+        <v>1351248823.0</v>
+      </c>
+      <c r="E6" s="9">
+        <v>1360161654.0</v>
+      </c>
+      <c r="F6" s="9">
+        <v>1400850420.0</v>
+      </c>
+      <c r="G6" s="9">
+        <v>1412154298.0</v>
+      </c>
+      <c r="H6" s="9">
+        <v>1419841229.0</v>
+      </c>
+      <c r="I6" s="9">
+        <v>1429337724.0</v>
+      </c>
+      <c r="J6" s="9">
+        <v>1427394843.0</v>
+      </c>
+      <c r="K6" s="9">
+        <v>1423420641.0</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1421186016.0</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1425330904.0</v>
+      </c>
+      <c r="N6" s="9">
+        <v>1420188492.0</v>
+      </c>
+      <c r="O6" s="9">
+        <v>1417993775.0</v>
+      </c>
+      <c r="P6" s="9">
+        <v>1414388264.0</v>
+      </c>
+      <c r="Q6" s="9">
+        <v>1413460705.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A7" s="10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17">
+      <c r="A8" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="9">
+        <v>26109.0</v>
+      </c>
+      <c r="C8" s="9">
+        <v>25635.0</v>
+      </c>
+      <c r="D8" s="9">
+        <v>20302.0</v>
+      </c>
+      <c r="E8" s="9">
+        <v>19515.0</v>
+      </c>
+      <c r="F8" s="9">
+        <v>21130.0</v>
+      </c>
+      <c r="G8" s="9">
+        <v>21511.0</v>
+      </c>
+      <c r="H8" s="9">
+        <v>21071.0</v>
+      </c>
+      <c r="I8" s="9">
+        <v>20736.0</v>
+      </c>
+      <c r="J8" s="9">
+        <v>20189.0</v>
+      </c>
+      <c r="K8" s="9">
+        <v>19386.0</v>
+      </c>
+      <c r="L8" s="9">
+        <v>18608.0</v>
+      </c>
+      <c r="M8" s="9">
+        <v>18068.0</v>
+      </c>
+      <c r="N8" s="9">
+        <v>17685.0</v>
+      </c>
+      <c r="O8" s="9">
+        <v>17199.0</v>
+      </c>
+      <c r="P8" s="9">
+        <v>16325.0</v>
+      </c>
+      <c r="Q8" s="9">
+        <v>15347.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="7">
+        <v>17.46</v>
+      </c>
+      <c r="C9" s="7">
+        <v>17.16</v>
+      </c>
+      <c r="D9" s="7">
+        <v>15.02</v>
+      </c>
+      <c r="E9" s="7">
+        <v>14.35</v>
+      </c>
+      <c r="F9" s="7">
+        <v>15.08</v>
+      </c>
+      <c r="G9" s="7">
+        <v>15.23</v>
+      </c>
+      <c r="H9" s="7">
+        <v>14.84</v>
+      </c>
+      <c r="I9" s="7">
+        <v>14.51</v>
+      </c>
+      <c r="J9" s="7">
+        <v>14.14</v>
+      </c>
+      <c r="K9" s="7">
+        <v>13.62</v>
+      </c>
+      <c r="L9" s="7">
+        <v>13.09</v>
+      </c>
+      <c r="M9" s="7">
+        <v>12.68</v>
+      </c>
+      <c r="N9" s="7">
+        <v>12.45</v>
+      </c>
+      <c r="O9" s="7">
+        <v>12.13</v>
+      </c>
+      <c r="P9" s="7">
+        <v>11.54</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>10.86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="7">
+        <v>49.15</v>
+      </c>
+      <c r="C10" s="7">
+        <v>34.9</v>
+      </c>
+      <c r="D10" s="7">
+        <v>35.24</v>
+      </c>
+      <c r="E10" s="7">
+        <v>34.52</v>
+      </c>
+      <c r="F10" s="7">
+        <v>41.63</v>
+      </c>
+      <c r="G10" s="7">
+        <v>42.13</v>
+      </c>
+      <c r="H10" s="7">
+        <v>48.030000000000001</v>
+      </c>
+      <c r="I10" s="7">
+        <v>49.11</v>
+      </c>
+      <c r="J10" s="7">
+        <v>51.67</v>
+      </c>
+      <c r="K10" s="7">
+        <v>56.62</v>
+      </c>
+      <c r="L10" s="7">
+        <v>57.67</v>
+      </c>
+      <c r="M10" s="7">
+        <v>47.78</v>
+      </c>
+      <c r="N10" s="7">
+        <v>56.25</v>
+      </c>
+      <c r="O10" s="7">
+        <v>52.18</v>
+      </c>
+      <c r="P10" s="7">
+        <v>36.33</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>39.95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A11" s="10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="13">
+        <v>2.81</v>
+      </c>
+      <c r="C12" s="13">
+        <v>2.03</v>
+      </c>
+      <c r="D12" s="13">
+        <v>2.35</v>
+      </c>
+      <c r="E12" s="13">
+        <v>2.41</v>
+      </c>
+      <c r="F12" s="13">
+        <v>2.76</v>
+      </c>
+      <c r="G12" s="13">
+        <v>2.77</v>
+      </c>
+      <c r="H12" s="13">
+        <v>3.24</v>
+      </c>
+      <c r="I12" s="13">
+        <v>3.39</v>
+      </c>
+      <c r="J12" s="13">
+        <v>3.65</v>
+      </c>
+      <c r="K12" s="13">
+        <v>4.16</v>
+      </c>
+      <c r="L12" s="13">
+        <v>4.4</v>
+      </c>
+      <c r="M12" s="13">
+        <v>3.77</v>
+      </c>
+      <c r="N12" s="13">
+        <v>4.52</v>
+      </c>
+      <c r="O12" s="13">
+        <v>4.3</v>
+      </c>
+      <c r="P12" s="13">
+        <v>3.15</v>
+      </c>
+      <c r="Q12" s="13">
+        <v>3.68</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17">
+      <c r="A13" s="8" t="s">
         <v>7</v>
       </c>
-    </row>
-[...483 lines deleted...]
-      <c r="X15" s="9"/>
+      <c r="B13" s="8"/>
+      <c r="C13" s="8"/>
+      <c r="D13" s="8"/>
+      <c r="E13" s="8"/>
+      <c r="F13" s="8"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8"/>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8"/>
+      <c r="P13" s="8"/>
+      <c r="Q13" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">