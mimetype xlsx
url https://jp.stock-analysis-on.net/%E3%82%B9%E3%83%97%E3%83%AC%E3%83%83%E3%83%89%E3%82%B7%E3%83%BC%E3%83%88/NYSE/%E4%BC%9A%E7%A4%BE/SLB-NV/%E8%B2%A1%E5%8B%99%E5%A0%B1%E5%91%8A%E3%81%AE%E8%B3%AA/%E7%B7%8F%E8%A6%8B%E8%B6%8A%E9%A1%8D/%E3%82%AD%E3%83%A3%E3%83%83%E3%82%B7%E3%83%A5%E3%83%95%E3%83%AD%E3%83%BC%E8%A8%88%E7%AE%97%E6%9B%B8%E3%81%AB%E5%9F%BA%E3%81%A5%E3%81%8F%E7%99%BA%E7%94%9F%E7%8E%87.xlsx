--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="キャッシュフロー計算書ベース" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>総計見越のキャッシュフロー計算書の計算</t>
   </si>
   <si>
     <t>百万米ドル</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>レス： 営業活動によるネットキャッシュ</t>
   </si>
   <si>
     <t>レス： 投資活動に使用されたネットキャッシュ</t>
   </si>
   <si>
     <t>キャッシュフロー計算書ベースの集計見越計上</t>
   </si>
   <si>
     <t>財務比率</t>
   </si>
   <si>
     <t>キャッシュ・フロー計算書ベースの見越比率</t>
   </si>
   <si>
     <t>ベンチマーク</t>
   </si>
   <si>
     <t>キャッシュ・フロー計算書ベースの見越比率産業</t>
   </si>
   <si>
     <t>エネルギー</t>
   </si>
@@ -571,63 +571,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>5</v>