--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -108,78 +108,78 @@
   <si>
     <t>もっとその： 非支配持分法</t>
   </si>
   <si>
     <t>調整後総資本</t>
   </si>
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>報告された負債総額</t>
   </si>
   <si>
     <t>報告資本金合計</t>
   </si>
   <si>
     <t>債務の調整</t>
   </si>
   <si>
     <t>もっとその： オペレーティングリース負債(買掛金および未払負債で認識)</t>
   </si>
   <si>
-    <t>もっとその： オペレーティングリース負債(その他の負債で認識)</t>
+    <t>もっとその： オペレーティングリース負債(その他の負債として認識)</t>
   </si>
   <si>
     <t>株主資本の調整</t>
   </si>
   <si>
-    <t>SLBに帰属する修正当期純利益(損失)</t>
+    <t>調整後SLBに帰属する純利益</t>
   </si>
   <si>
     <t>12ヶ月終了</t>
   </si>
   <si>
-    <t>当社に帰属する当期純利益(損失)</t>
+    <t>SLBに帰属する純利益</t>
   </si>
   <si>
     <t>もっとその： 繰延法人税費用(利益)</t>
   </si>
   <si>
     <t>もっとその： 貸倒引当金の増減</t>
   </si>
   <si>
     <t>もっとその： その他の包括利益(損失)</t>
   </si>
   <si>
     <t>もっとその： 包括利益(損失)(税引後、非支配持分に帰属)</t>
   </si>
   <si>
-    <t>調整後当期純利益(損失)</t>
+    <t>調整後当期純利益</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -651,63 +651,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -797,63 +797,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -963,63 +963,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1129,63 +1129,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1315,63 +1315,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1688,63 +1688,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>