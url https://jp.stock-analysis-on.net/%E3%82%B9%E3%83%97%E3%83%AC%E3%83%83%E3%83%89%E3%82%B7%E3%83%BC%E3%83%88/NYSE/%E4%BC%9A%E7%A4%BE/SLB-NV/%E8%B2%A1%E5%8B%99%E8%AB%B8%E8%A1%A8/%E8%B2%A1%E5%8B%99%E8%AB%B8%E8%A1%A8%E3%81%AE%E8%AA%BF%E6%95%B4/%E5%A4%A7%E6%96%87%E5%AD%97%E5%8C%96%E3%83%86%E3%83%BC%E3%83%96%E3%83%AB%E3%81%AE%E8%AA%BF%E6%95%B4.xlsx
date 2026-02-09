--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -53,51 +53,51 @@
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>長期借入金(当期部分を除く)</t>
   </si>
   <si>
     <t>報告された負債総額</t>
   </si>
   <si>
     <t>SLBの株主資本合計</t>
   </si>
   <si>
     <t>報告資本金合計</t>
   </si>
   <si>
     <t>債務の調整</t>
   </si>
   <si>
     <t>もっとその： オペレーティング・リース負債(FASBトピック842採択前)</t>
   </si>
   <si>
     <t>もっとその： オペレーティングリース負債(買掛金および未払負債で認識)</t>
   </si>
   <si>
-    <t>もっとその： オペレーティングリース負債(その他の負債で認識)</t>
+    <t>もっとその： オペレーティングリース負債(その他の負債として認識)</t>
   </si>
   <si>
     <t>調整後総負債</t>
   </si>
   <si>
     <t>株主資本の調整</t>
   </si>
   <si>
     <t>レス： 正味繰延税金資産 (負債)</t>
   </si>
   <si>
     <t>もっとその： 貸倒引当金</t>
   </si>
   <si>
     <t>もっとその： 非支配持分法</t>
   </si>
   <si>
     <t>調整後</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
@@ -570,63 +570,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>