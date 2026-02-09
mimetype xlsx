--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="負債と株主資本" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>連結貸借対照表:負債および株主資本</t>
   </si>
   <si>
     <t>四半期データ</t>
   </si>
   <si>
     <t>百万米ドル</t>
   </si>
   <si>
     <t>買掛金および未払負債</t>
   </si>
   <si>
     <t>所得に対する税金の推定負債</t>
   </si>
   <si>
     <t>短期借入金と長期借入金の当座預金</t>
   </si>
   <si>
     <t>支払われる配当金</t>
   </si>
   <si>
@@ -97,67 +94,58 @@
   </si>
   <si>
     <t>SLBの株主資本合計</t>
   </si>
   <si>
     <t>非支配持分法</t>
   </si>
   <si>
     <t>総資本</t>
   </si>
   <si>
     <t>総負債と資本</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -211,81 +199,80 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="13">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -549,1591 +536,1403 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X28"/>
+  <dimension ref="A1:U26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X28" sqref="X28"/>
+      <selection activeCell="U26" sqref="U26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:24">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:21">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:24">
-      <c r="A4" s="3" t="s">
+    <row r="3" spans="1:21">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:24">
-      <c r="A5" s="4" t="s">
+    <row r="5" spans="1:21">
+      <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:24">
-      <c r="A7" t="s">
+    <row r="6" spans="1:21">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45930</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45838</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45747</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45565</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45199</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45107</v>
+      </c>
+      <c r="M6" s="5">
+        <v>45016</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44834</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44742</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44651</v>
+      </c>
+      <c r="R6" s="5">
+        <v>44561</v>
+      </c>
+      <c r="S6" s="5">
+        <v>44469</v>
+      </c>
+      <c r="T6" s="5">
+        <v>44377</v>
+      </c>
+      <c r="U6" s="5">
+        <v>44286</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21">
+      <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
-    </row>
-[...73 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="B7" s="7">
+        <v>11490.0</v>
+      </c>
+      <c r="C7" s="7">
+        <v>10857.0</v>
+      </c>
+      <c r="D7" s="7">
+        <v>9993.0</v>
+      </c>
+      <c r="E7" s="7">
+        <v>10221.0</v>
+      </c>
+      <c r="F7" s="7">
+        <v>10375.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>10346.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>10099.0</v>
+      </c>
+      <c r="I7" s="7">
+        <v>10051.0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>10904.0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>9222.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>8938.0</v>
+      </c>
+      <c r="M7" s="7">
+        <v>8700.0</v>
+      </c>
+      <c r="N7" s="7">
+        <v>9121.0</v>
+      </c>
+      <c r="O7" s="7">
+        <v>9034.0</v>
+      </c>
+      <c r="P7" s="7">
+        <v>8528.0</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>8638.0</v>
+      </c>
+      <c r="R7" s="7">
+        <v>8382.0</v>
+      </c>
+      <c r="S7" s="7">
+        <v>7615.0</v>
+      </c>
+      <c r="T7" s="7">
+        <v>7635.0</v>
+      </c>
+      <c r="U7" s="7">
+        <v>7956.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21">
+      <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A10" s="7" t="s">
+      <c r="B8" s="7">
+        <v>894.0</v>
+      </c>
+      <c r="C8" s="7">
+        <v>814.0</v>
+      </c>
+      <c r="D8" s="7">
+        <v>833.0</v>
+      </c>
+      <c r="E8" s="7">
+        <v>936.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>982.0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>888.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>867.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>987.0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>994.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>935.0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>859.0</v>
+      </c>
+      <c r="M8" s="7">
+        <v>1038.0</v>
+      </c>
+      <c r="N8" s="7">
+        <v>1002.0</v>
+      </c>
+      <c r="O8" s="7">
+        <v>938.0</v>
+      </c>
+      <c r="P8" s="7">
+        <v>884.0</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>940.0</v>
+      </c>
+      <c r="R8" s="7">
+        <v>879.0</v>
+      </c>
+      <c r="S8" s="7">
+        <v>907.0</v>
+      </c>
+      <c r="T8" s="7">
+        <v>924.0</v>
+      </c>
+      <c r="U8" s="7">
+        <v>983.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A11" s="7" t="s">
+      <c r="B9" s="7">
+        <v>1894.0</v>
+      </c>
+      <c r="C9" s="7">
+        <v>1923.0</v>
+      </c>
+      <c r="D9" s="7">
+        <v>2807.0</v>
+      </c>
+      <c r="E9" s="7">
+        <v>3475.0</v>
+      </c>
+      <c r="F9" s="7">
+        <v>1051.0</v>
+      </c>
+      <c r="G9" s="7">
+        <v>1059.0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>1033.0</v>
+      </c>
+      <c r="I9" s="7">
+        <v>1430.0</v>
+      </c>
+      <c r="J9" s="7">
+        <v>1123.0</v>
+      </c>
+      <c r="K9" s="7">
+        <v>1998.0</v>
+      </c>
+      <c r="L9" s="7">
+        <v>1993.0</v>
+      </c>
+      <c r="M9" s="7">
+        <v>2140.0</v>
+      </c>
+      <c r="N9" s="7">
+        <v>1632.0</v>
+      </c>
+      <c r="O9" s="7">
+        <v>899.0</v>
+      </c>
+      <c r="P9" s="7">
+        <v>901.0</v>
+      </c>
+      <c r="Q9" s="7">
+        <v>923.0</v>
+      </c>
+      <c r="R9" s="7">
+        <v>909.0</v>
+      </c>
+      <c r="S9" s="7">
+        <v>1025.0</v>
+      </c>
+      <c r="T9" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="U9" s="7">
+        <v>749.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
+      <c r="A10" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A12" s="7" t="s">
+      <c r="B10" s="7">
+        <v>443.0</v>
+      </c>
+      <c r="C10" s="7">
+        <v>443.0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>402.0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>404.0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>403.0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>406.0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>410.0</v>
+      </c>
+      <c r="I10" s="7">
+        <v>411.0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>374.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>373.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>373.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>374.0</v>
+      </c>
+      <c r="N10" s="7">
+        <v>263.0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>263.0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>270.0</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>195.0</v>
+      </c>
+      <c r="R10" s="7">
+        <v>189.0</v>
+      </c>
+      <c r="S10" s="7">
+        <v>188.0</v>
+      </c>
+      <c r="T10" s="7">
+        <v>189.0</v>
+      </c>
+      <c r="U10" s="7">
+        <v>185.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
+      <c r="A11" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A13" s="9" t="s">
+      <c r="B11" s="9">
+        <v>14721.0</v>
+      </c>
+      <c r="C11" s="9">
+        <v>14037.0</v>
+      </c>
+      <c r="D11" s="9">
+        <v>14035.0</v>
+      </c>
+      <c r="E11" s="9">
+        <v>15036.0</v>
+      </c>
+      <c r="F11" s="9">
+        <v>12811.0</v>
+      </c>
+      <c r="G11" s="9">
+        <v>12699.0</v>
+      </c>
+      <c r="H11" s="9">
+        <v>12409.0</v>
+      </c>
+      <c r="I11" s="9">
+        <v>12879.0</v>
+      </c>
+      <c r="J11" s="9">
+        <v>13395.0</v>
+      </c>
+      <c r="K11" s="9">
+        <v>12528.0</v>
+      </c>
+      <c r="L11" s="9">
+        <v>12163.0</v>
+      </c>
+      <c r="M11" s="9">
+        <v>12252.0</v>
+      </c>
+      <c r="N11" s="9">
+        <v>12018.0</v>
+      </c>
+      <c r="O11" s="9">
+        <v>11134.0</v>
+      </c>
+      <c r="P11" s="9">
+        <v>10583.0</v>
+      </c>
+      <c r="Q11" s="9">
+        <v>10696.0</v>
+      </c>
+      <c r="R11" s="9">
+        <v>10359.0</v>
+      </c>
+      <c r="S11" s="9">
+        <v>9735.0</v>
+      </c>
+      <c r="T11" s="9">
+        <v>8784.0</v>
+      </c>
+      <c r="U11" s="9">
+        <v>9873.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
+      <c r="A12" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A14" s="7" t="s">
+      <c r="B12" s="7">
+        <v>9742.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>10843.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>10891.0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>10527.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>11023.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>11864.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>12156.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>10740.0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>10842.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>11147.0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>11342.0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>10698.0</v>
+      </c>
+      <c r="N12" s="7">
+        <v>10594.0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>12452.0</v>
+      </c>
+      <c r="P12" s="7">
+        <v>12946.0</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>13163.0</v>
+      </c>
+      <c r="R12" s="7">
+        <v>13286.0</v>
+      </c>
+      <c r="S12" s="7">
+        <v>14370.0</v>
+      </c>
+      <c r="T12" s="7">
+        <v>15687.0</v>
+      </c>
+      <c r="U12" s="7">
+        <v>15834.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21">
+      <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A15" s="7" t="s">
+      <c r="B13" s="7">
+        <v>479.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>502.0</v>
+      </c>
+      <c r="D13" s="7">
+        <v>502.0</v>
+      </c>
+      <c r="E13" s="7">
+        <v>507.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>512.0</v>
+      </c>
+      <c r="G13" s="7">
+        <v>176.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>175.0</v>
+      </c>
+      <c r="I13" s="7">
+        <v>177.0</v>
+      </c>
+      <c r="J13" s="7">
+        <v>175.0</v>
+      </c>
+      <c r="K13" s="7">
+        <v>166.0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>167.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>168.0</v>
+      </c>
+      <c r="N13" s="7">
+        <v>165.0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>233.0</v>
+      </c>
+      <c r="P13" s="7">
+        <v>232.0</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>232.0</v>
+      </c>
+      <c r="R13" s="7">
+        <v>231.0</v>
+      </c>
+      <c r="S13" s="7">
+        <v>905.0</v>
+      </c>
+      <c r="T13" s="7">
+        <v>956.0</v>
+      </c>
+      <c r="U13" s="7">
+        <v>1003.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21">
+      <c r="A14" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A16" s="7" t="s">
+      <c r="B14" s="7">
+        <v>644.0</v>
+      </c>
+      <c r="C14" s="7">
+        <v>827.0</v>
+      </c>
+      <c r="D14" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="E14" s="7">
+        <v>37.0</v>
+      </c>
+      <c r="F14" s="7">
+        <v>67.0</v>
+      </c>
+      <c r="G14" s="7">
+        <v>171.0</v>
+      </c>
+      <c r="H14" s="7">
+        <v>135.0</v>
+      </c>
+      <c r="I14" s="7">
+        <v>115.0</v>
+      </c>
+      <c r="J14" s="7">
+        <v>140.0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>157.0</v>
+      </c>
+      <c r="L14" s="7">
+        <v>183.0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>194.0</v>
+      </c>
+      <c r="N14" s="7">
+        <v>61.0</v>
+      </c>
+      <c r="O14" s="7">
+        <v>86.0</v>
+      </c>
+      <c r="P14" s="7">
+        <v>99.0</v>
+      </c>
+      <c r="Q14" s="7">
+        <v>77.0</v>
+      </c>
+      <c r="R14" s="7">
+        <v>94.0</v>
+      </c>
+      <c r="S14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T14" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U14" s="7">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21">
+      <c r="A15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A17" s="7" t="s">
+      <c r="B15" s="7">
+        <v>1991.0</v>
+      </c>
+      <c r="C15" s="7">
+        <v>1962.0</v>
+      </c>
+      <c r="D15" s="7">
+        <v>1778.0</v>
+      </c>
+      <c r="E15" s="7">
+        <v>2147.0</v>
+      </c>
+      <c r="F15" s="7">
+        <v>2172.0</v>
+      </c>
+      <c r="G15" s="7">
+        <v>2137.0</v>
+      </c>
+      <c r="H15" s="7">
+        <v>2218.0</v>
+      </c>
+      <c r="I15" s="7">
+        <v>2022.0</v>
+      </c>
+      <c r="J15" s="7">
+        <v>2046.0</v>
+      </c>
+      <c r="K15" s="7">
+        <v>2108.0</v>
+      </c>
+      <c r="L15" s="7">
+        <v>2037.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>2163.0</v>
+      </c>
+      <c r="N15" s="7">
+        <v>2308.0</v>
+      </c>
+      <c r="O15" s="7">
+        <v>2677.0</v>
+      </c>
+      <c r="P15" s="7">
+        <v>2342.0</v>
+      </c>
+      <c r="Q15" s="7">
+        <v>2160.0</v>
+      </c>
+      <c r="R15" s="7">
+        <v>2255.0</v>
+      </c>
+      <c r="S15" s="7">
+        <v>2363.0</v>
+      </c>
+      <c r="T15" s="7">
+        <v>2422.0</v>
+      </c>
+      <c r="U15" s="7">
+        <v>2354.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21">
+      <c r="A16" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B17" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A18" s="9" t="s">
+      <c r="B16" s="9">
+        <v>12856.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>14134.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>13183.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>13218.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>13774.0</v>
+      </c>
+      <c r="G16" s="9">
+        <v>14348.0</v>
+      </c>
+      <c r="H16" s="9">
+        <v>14684.0</v>
+      </c>
+      <c r="I16" s="9">
+        <v>13054.0</v>
+      </c>
+      <c r="J16" s="9">
+        <v>13203.0</v>
+      </c>
+      <c r="K16" s="9">
+        <v>13578.0</v>
+      </c>
+      <c r="L16" s="9">
+        <v>13729.0</v>
+      </c>
+      <c r="M16" s="9">
+        <v>13223.0</v>
+      </c>
+      <c r="N16" s="9">
+        <v>13128.0</v>
+      </c>
+      <c r="O16" s="9">
+        <v>15448.0</v>
+      </c>
+      <c r="P16" s="9">
+        <v>15619.0</v>
+      </c>
+      <c r="Q16" s="9">
+        <v>15632.0</v>
+      </c>
+      <c r="R16" s="9">
+        <v>15866.0</v>
+      </c>
+      <c r="S16" s="9">
+        <v>17638.0</v>
+      </c>
+      <c r="T16" s="9">
+        <v>19065.0</v>
+      </c>
+      <c r="U16" s="9">
+        <v>19191.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="B18" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A19" s="11" t="s">
+      <c r="B17" s="9">
+        <v>27577.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>28171.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>27218.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>28254.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>26585.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>27047.0</v>
+      </c>
+      <c r="H17" s="9">
+        <v>27093.0</v>
+      </c>
+      <c r="I17" s="9">
+        <v>25933.0</v>
+      </c>
+      <c r="J17" s="9">
+        <v>26598.0</v>
+      </c>
+      <c r="K17" s="9">
+        <v>26106.0</v>
+      </c>
+      <c r="L17" s="9">
+        <v>25892.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>25475.0</v>
+      </c>
+      <c r="N17" s="9">
+        <v>25146.0</v>
+      </c>
+      <c r="O17" s="9">
+        <v>26582.0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>26202.0</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>26328.0</v>
+      </c>
+      <c r="R17" s="9">
+        <v>26225.0</v>
+      </c>
+      <c r="S17" s="9">
+        <v>27373.0</v>
+      </c>
+      <c r="T17" s="9">
+        <v>27849.0</v>
+      </c>
+      <c r="U17" s="9">
+        <v>29064.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21">
+      <c r="A18" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B19" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A20" s="7" t="s">
+      <c r="B18" s="7">
+        <v>16354.0</v>
+      </c>
+      <c r="C18" s="7">
+        <v>16338.0</v>
+      </c>
+      <c r="D18" s="7">
+        <v>11354.0</v>
+      </c>
+      <c r="E18" s="7">
+        <v>10827.0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>11458.0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>11408.0</v>
+      </c>
+      <c r="H18" s="7">
+        <v>11401.0</v>
+      </c>
+      <c r="I18" s="7">
+        <v>11344.0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>11624.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>11182.0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>11270.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>11264.0</v>
+      </c>
+      <c r="N18" s="7">
+        <v>11837.0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>11867.0</v>
+      </c>
+      <c r="P18" s="7">
+        <v>11981.0</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>11957.0</v>
+      </c>
+      <c r="R18" s="7">
+        <v>12608.0</v>
+      </c>
+      <c r="S18" s="7">
+        <v>12571.0</v>
+      </c>
+      <c r="T18" s="7">
+        <v>12730.0</v>
+      </c>
+      <c r="U18" s="7">
+        <v>12663.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B20" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A21" s="7" t="s">
+      <c r="B19" s="7">
+        <v>-3576.0</v>
+      </c>
+      <c r="C19" s="7">
+        <v>-3636.0</v>
+      </c>
+      <c r="D19" s="7">
+        <v>-3742.0</v>
+      </c>
+      <c r="E19" s="7">
+        <v>-3292.0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>-1773.0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>-1294.0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>-973.0</v>
+      </c>
+      <c r="I19" s="7">
+        <v>-531.0</v>
+      </c>
+      <c r="J19" s="7">
+        <v>-678.0</v>
+      </c>
+      <c r="K19" s="7">
+        <v>-621.0</v>
+      </c>
+      <c r="L19" s="7">
+        <v>-750.0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>-559.0</v>
+      </c>
+      <c r="N19" s="7">
+        <v>-1016.0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>-1176.0</v>
+      </c>
+      <c r="P19" s="7">
+        <v>-1436.0</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>-1503.0</v>
+      </c>
+      <c r="R19" s="7">
+        <v>-2233.0</v>
+      </c>
+      <c r="S19" s="7">
+        <v>-2287.0</v>
+      </c>
+      <c r="T19" s="7">
+        <v>-2591.0</v>
+      </c>
+      <c r="U19" s="7">
+        <v>-2598.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
+      <c r="A20" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="B21" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A22" s="7" t="s">
+      <c r="B20" s="7">
+        <v>18067.0</v>
+      </c>
+      <c r="C20" s="7">
+        <v>17746.0</v>
+      </c>
+      <c r="D20" s="7">
+        <v>17433.0</v>
+      </c>
+      <c r="E20" s="7">
+        <v>16804.0</v>
+      </c>
+      <c r="F20" s="7">
+        <v>16395.0</v>
+      </c>
+      <c r="G20" s="7">
+        <v>15687.0</v>
+      </c>
+      <c r="H20" s="7">
+        <v>14890.0</v>
+      </c>
+      <c r="I20" s="7">
+        <v>14172.0</v>
+      </c>
+      <c r="J20" s="7">
+        <v>13497.0</v>
+      </c>
+      <c r="K20" s="7">
+        <v>12742.0</v>
+      </c>
+      <c r="L20" s="7">
+        <v>11974.0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>11296.0</v>
+      </c>
+      <c r="N20" s="7">
+        <v>10719.0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>9904.0</v>
+      </c>
+      <c r="P20" s="7">
+        <v>9244.0</v>
+      </c>
+      <c r="Q20" s="7">
+        <v>8532.0</v>
+      </c>
+      <c r="R20" s="7">
+        <v>8199.0</v>
+      </c>
+      <c r="S20" s="7">
+        <v>7775.0</v>
+      </c>
+      <c r="T20" s="7">
+        <v>7399.0</v>
+      </c>
+      <c r="U20" s="7">
+        <v>7142.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
+      <c r="A21" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B22" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A23" s="7" t="s">
+      <c r="B21" s="7">
+        <v>-4736.0</v>
+      </c>
+      <c r="C21" s="7">
+        <v>-4813.0</v>
+      </c>
+      <c r="D21" s="7">
+        <v>-4743.0</v>
+      </c>
+      <c r="E21" s="7">
+        <v>-4824.0</v>
+      </c>
+      <c r="F21" s="7">
+        <v>-4950.0</v>
+      </c>
+      <c r="G21" s="7">
+        <v>-4290.0</v>
+      </c>
+      <c r="H21" s="7">
+        <v>-4247.0</v>
+      </c>
+      <c r="I21" s="7">
+        <v>-4249.0</v>
+      </c>
+      <c r="J21" s="7">
+        <v>-4254.0</v>
+      </c>
+      <c r="K21" s="7">
+        <v>-3917.0</v>
+      </c>
+      <c r="L21" s="7">
+        <v>-3886.0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>-3933.0</v>
+      </c>
+      <c r="N21" s="7">
+        <v>-3855.0</v>
+      </c>
+      <c r="O21" s="7">
+        <v>-3396.0</v>
+      </c>
+      <c r="P21" s="7">
+        <v>-3464.0</v>
+      </c>
+      <c r="Q21" s="7">
+        <v>-3639.0</v>
+      </c>
+      <c r="R21" s="7">
+        <v>-3570.0</v>
+      </c>
+      <c r="S21" s="7">
+        <v>-4697.0</v>
+      </c>
+      <c r="T21" s="7">
+        <v>-4776.0</v>
+      </c>
+      <c r="U21" s="7">
+        <v>-4664.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
+      <c r="A22" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="B23" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A24" s="9" t="s">
+      <c r="B22" s="9">
+        <v>26109.0</v>
+      </c>
+      <c r="C22" s="9">
+        <v>25635.0</v>
+      </c>
+      <c r="D22" s="9">
+        <v>20302.0</v>
+      </c>
+      <c r="E22" s="9">
+        <v>19515.0</v>
+      </c>
+      <c r="F22" s="9">
+        <v>21130.0</v>
+      </c>
+      <c r="G22" s="9">
+        <v>21511.0</v>
+      </c>
+      <c r="H22" s="9">
+        <v>21071.0</v>
+      </c>
+      <c r="I22" s="9">
+        <v>20736.0</v>
+      </c>
+      <c r="J22" s="9">
+        <v>20189.0</v>
+      </c>
+      <c r="K22" s="9">
+        <v>19386.0</v>
+      </c>
+      <c r="L22" s="9">
+        <v>18608.0</v>
+      </c>
+      <c r="M22" s="9">
+        <v>18068.0</v>
+      </c>
+      <c r="N22" s="9">
+        <v>17685.0</v>
+      </c>
+      <c r="O22" s="9">
+        <v>17199.0</v>
+      </c>
+      <c r="P22" s="9">
+        <v>16325.0</v>
+      </c>
+      <c r="Q22" s="9">
+        <v>15347.0</v>
+      </c>
+      <c r="R22" s="9">
+        <v>15004.0</v>
+      </c>
+      <c r="S22" s="9">
+        <v>13362.0</v>
+      </c>
+      <c r="T22" s="9">
+        <v>12762.0</v>
+      </c>
+      <c r="U22" s="9">
+        <v>12543.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21">
+      <c r="A23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B24" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A25" s="7" t="s">
+      <c r="B23" s="7">
+        <v>1182.0</v>
+      </c>
+      <c r="C23" s="7">
+        <v>1287.0</v>
+      </c>
+      <c r="D23" s="7">
+        <v>1249.0</v>
+      </c>
+      <c r="E23" s="7">
+        <v>1233.0</v>
+      </c>
+      <c r="F23" s="7">
+        <v>1220.0</v>
+      </c>
+      <c r="G23" s="7">
+        <v>1217.0</v>
+      </c>
+      <c r="H23" s="7">
+        <v>1209.0</v>
+      </c>
+      <c r="I23" s="7">
+        <v>1187.0</v>
+      </c>
+      <c r="J23" s="7">
+        <v>1170.0</v>
+      </c>
+      <c r="K23" s="7">
+        <v>321.0</v>
+      </c>
+      <c r="L23" s="7">
+        <v>326.0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>312.0</v>
+      </c>
+      <c r="N23" s="7">
+        <v>304.0</v>
+      </c>
+      <c r="O23" s="7">
+        <v>312.0</v>
+      </c>
+      <c r="P23" s="7">
+        <v>300.0</v>
+      </c>
+      <c r="Q23" s="7">
+        <v>292.0</v>
+      </c>
+      <c r="R23" s="7">
+        <v>282.0</v>
+      </c>
+      <c r="S23" s="7">
+        <v>303.0</v>
+      </c>
+      <c r="T23" s="7">
+        <v>297.0</v>
+      </c>
+      <c r="U23" s="7">
+        <v>429.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21">
+      <c r="A24" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="B25" s="8" t="e">
-[...70 lines deleted...]
-      <c r="A26" s="11" t="s">
+      <c r="B24" s="9">
+        <v>27291.0</v>
+      </c>
+      <c r="C24" s="9">
+        <v>26922.0</v>
+      </c>
+      <c r="D24" s="9">
+        <v>21551.0</v>
+      </c>
+      <c r="E24" s="9">
+        <v>20748.0</v>
+      </c>
+      <c r="F24" s="9">
+        <v>22350.0</v>
+      </c>
+      <c r="G24" s="9">
+        <v>22728.0</v>
+      </c>
+      <c r="H24" s="9">
+        <v>22280.0</v>
+      </c>
+      <c r="I24" s="9">
+        <v>21923.0</v>
+      </c>
+      <c r="J24" s="9">
+        <v>21359.0</v>
+      </c>
+      <c r="K24" s="9">
+        <v>19707.0</v>
+      </c>
+      <c r="L24" s="9">
+        <v>18934.0</v>
+      </c>
+      <c r="M24" s="9">
+        <v>18380.0</v>
+      </c>
+      <c r="N24" s="9">
+        <v>17989.0</v>
+      </c>
+      <c r="O24" s="9">
+        <v>17511.0</v>
+      </c>
+      <c r="P24" s="9">
+        <v>16625.0</v>
+      </c>
+      <c r="Q24" s="9">
+        <v>15639.0</v>
+      </c>
+      <c r="R24" s="9">
+        <v>15286.0</v>
+      </c>
+      <c r="S24" s="9">
+        <v>13665.0</v>
+      </c>
+      <c r="T24" s="9">
+        <v>13059.0</v>
+      </c>
+      <c r="U24" s="9">
+        <v>12972.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21">
+      <c r="A25" s="11" t="s">
         <v>22</v>
       </c>
-      <c r="B26" s="10" t="e">
-[...70 lines deleted...]
-      <c r="A27" s="12" t="s">
+      <c r="B25" s="9">
+        <v>54868.0</v>
+      </c>
+      <c r="C25" s="9">
+        <v>55093.0</v>
+      </c>
+      <c r="D25" s="9">
+        <v>48769.0</v>
+      </c>
+      <c r="E25" s="9">
+        <v>49002.0</v>
+      </c>
+      <c r="F25" s="9">
+        <v>48935.0</v>
+      </c>
+      <c r="G25" s="9">
+        <v>49775.0</v>
+      </c>
+      <c r="H25" s="9">
+        <v>49373.0</v>
+      </c>
+      <c r="I25" s="9">
+        <v>47856.0</v>
+      </c>
+      <c r="J25" s="9">
+        <v>47957.0</v>
+      </c>
+      <c r="K25" s="9">
+        <v>45813.0</v>
+      </c>
+      <c r="L25" s="9">
+        <v>44826.0</v>
+      </c>
+      <c r="M25" s="9">
+        <v>43855.0</v>
+      </c>
+      <c r="N25" s="9">
+        <v>43135.0</v>
+      </c>
+      <c r="O25" s="9">
+        <v>44093.0</v>
+      </c>
+      <c r="P25" s="9">
+        <v>42827.0</v>
+      </c>
+      <c r="Q25" s="9">
+        <v>41967.0</v>
+      </c>
+      <c r="R25" s="9">
+        <v>41511.0</v>
+      </c>
+      <c r="S25" s="9">
+        <v>41038.0</v>
+      </c>
+      <c r="T25" s="9">
+        <v>40908.0</v>
+      </c>
+      <c r="U25" s="9">
+        <v>42036.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="B27" s="10" t="e">
-[...95 lines deleted...]
-      <c r="X28" s="13"/>
+      <c r="B26" s="12"/>
+      <c r="C26" s="12"/>
+      <c r="D26" s="12"/>
+      <c r="E26" s="12"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="12"/>
+      <c r="H26" s="12"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="12"/>
+      <c r="L26" s="12"/>
+      <c r="M26" s="12"/>
+      <c r="N26" s="12"/>
+      <c r="O26" s="12"/>
+      <c r="P26" s="12"/>
+      <c r="Q26" s="12"/>
+      <c r="R26" s="12"/>
+      <c r="S26" s="12"/>
+      <c r="T26" s="12"/>
+      <c r="U26" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">