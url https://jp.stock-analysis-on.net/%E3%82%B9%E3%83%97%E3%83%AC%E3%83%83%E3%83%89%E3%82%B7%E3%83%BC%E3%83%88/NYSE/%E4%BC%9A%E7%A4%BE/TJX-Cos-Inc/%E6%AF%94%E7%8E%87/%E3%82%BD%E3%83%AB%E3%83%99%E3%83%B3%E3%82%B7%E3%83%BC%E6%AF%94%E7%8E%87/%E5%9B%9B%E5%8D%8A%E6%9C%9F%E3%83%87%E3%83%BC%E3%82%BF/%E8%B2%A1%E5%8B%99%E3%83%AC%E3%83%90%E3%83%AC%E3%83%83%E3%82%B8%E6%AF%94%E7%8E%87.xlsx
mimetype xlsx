--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -882,108 +882,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.0</v>
       </c>
       <c r="C13" s="13">
         <v>0.0</v>
       </c>
       <c r="D13" s="13">
         <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>0.0</v>
+        <v>1.99</v>
       </c>
       <c r="F13" s="13">
         <v>1.97</v>
       </c>
       <c r="G13" s="13">
         <v>2.04</v>
       </c>
       <c r="H13" s="13">
         <v>2.1</v>
       </c>
       <c r="I13" s="13">
         <v>2.19</v>
       </c>
       <c r="J13" s="13">
         <v>2.26</v>
       </c>
       <c r="K13" s="13">
         <v>2.35</v>
       </c>
       <c r="L13" s="13">
         <v>2.45</v>
       </c>
       <c r="M13" s="13">
         <v>2.61</v>
       </c>
       <c r="N13" s="13">
         <v>2.66</v>
       </c>
       <c r="O13" s="13">
         <v>2.83</v>
       </c>
       <c r="P13" s="13">
         <v>3.0099999999999998</v>
       </c>
       <c r="Q13" s="13">
         <v>3.17</v>
       </c>
       <c r="R13" s="13">
         <v>3.12</v>
       </c>
       <c r="S13" s="13">
         <v>3.19</v>
       </c>
       <c r="T13" s="13">
         <v>3.07</v>
       </c>
       <c r="U13" s="13">
-        <v>3.04</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="13">
-        <v>3.17</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="13">
-        <v>3.14</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="13">
-        <v>3.13</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>8.77</v>
       </c>
       <c r="C14" s="13">
         <v>9.38</v>
       </c>
       <c r="D14" s="13">
         <v>12.46</v>
       </c>
       <c r="E14" s="13">
         <v>14.48</v>
       </c>
       <c r="F14" s="13">
         <v>16.81</v>
       </c>
       <c r="G14" s="13">
         <v>21.91</v>
       </c>
       <c r="H14" s="13">