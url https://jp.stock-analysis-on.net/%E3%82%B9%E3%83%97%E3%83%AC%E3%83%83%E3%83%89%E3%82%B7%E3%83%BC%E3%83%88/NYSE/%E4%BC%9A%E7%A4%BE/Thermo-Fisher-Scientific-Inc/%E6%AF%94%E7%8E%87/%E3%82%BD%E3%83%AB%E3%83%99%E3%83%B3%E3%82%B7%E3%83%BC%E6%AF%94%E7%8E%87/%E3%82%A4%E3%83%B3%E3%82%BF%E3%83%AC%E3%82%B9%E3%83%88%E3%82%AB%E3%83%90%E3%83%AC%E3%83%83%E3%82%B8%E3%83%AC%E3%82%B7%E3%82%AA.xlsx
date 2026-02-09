--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -939,51 +939,51 @@
       </c>
       <c r="E23" s="13">
         <v>19.83</v>
       </c>
       <c r="F23" s="13">
         <v>6.17</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13">
         <v>87.59</v>
       </c>
       <c r="C24" s="13">
         <v>58.52</v>
       </c>
       <c r="D24" s="13">
         <v>82.8</v>
       </c>
       <c r="E24" s="13">
         <v>163.75</v>
       </c>
       <c r="F24" s="13">
-        <v>67.97</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="13">
         <v>9.12</v>
       </c>
       <c r="C25" s="13">
         <v>100.31999999999999</v>
       </c>
       <c r="D25" s="13">
         <v>78.23</v>
       </c>
       <c r="E25" s="13">
         <v>45.4</v>
       </c>
       <c r="F25" s="13">
         <v>54.6</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="11" t="s">
         <v>22</v>