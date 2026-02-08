--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1322,51 +1322,51 @@
       </c>
       <c r="E21" s="7">
         <v>2.83</v>
       </c>
       <c r="F21" s="7">
         <v>1.5</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B22" s="7">
         <v>6.47</v>
       </c>
       <c r="C22" s="7">
         <v>5.82</v>
       </c>
       <c r="D22" s="7">
         <v>6.64</v>
       </c>
       <c r="E22" s="7">
         <v>6.81</v>
       </c>
       <c r="F22" s="7">
-        <v>5.79</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B23" s="7">
         <v>2.85</v>
       </c>
       <c r="C23" s="7">
         <v>2.25</v>
       </c>
       <c r="D23" s="7">
         <v>1.38</v>
       </c>
       <c r="E23" s="7">
         <v>-0.01</v>
       </c>
       <c r="F23" s="7">
         <v>-3.58</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>26</v>
@@ -1673,51 +1673,51 @@
       </c>
       <c r="E17" s="7">
         <v>0.86</v>
       </c>
       <c r="F17" s="7">
         <v>1.2</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="7">
         <v>1.85</v>
       </c>
       <c r="C18" s="7">
         <v>2.2</v>
       </c>
       <c r="D18" s="7">
         <v>2.74</v>
       </c>
       <c r="E18" s="7">
         <v>2.1</v>
       </c>
       <c r="F18" s="7">
-        <v>1.58</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="7">
         <v>2.26</v>
       </c>
       <c r="C19" s="7">
         <v>3.4</v>
       </c>
       <c r="D19" s="7">
         <v>4.68</v>
       </c>
       <c r="E19" s="7">
         <v>7.03</v>
       </c>
       <c r="F19" s="7">
         <v>4.75</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>26</v>
@@ -2084,51 +2084,51 @@
       </c>
       <c r="E20" s="7">
         <v>1.51</v>
       </c>
       <c r="F20" s="7">
         <v>1.97</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="7">
         <v>1.92</v>
       </c>
       <c r="C21" s="7">
         <v>2.31</v>
       </c>
       <c r="D21" s="7">
         <v>2.87</v>
       </c>
       <c r="E21" s="7">
         <v>2.22</v>
       </c>
       <c r="F21" s="7">
-        <v>1.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="7">
         <v>2.65</v>
       </c>
       <c r="C22" s="7">
         <v>3.94</v>
       </c>
       <c r="D22" s="7">
         <v>5.41</v>
       </c>
       <c r="E22" s="7">
         <v>8.17</v>
       </c>
       <c r="F22" s="7">
         <v>5.69</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>26</v>
@@ -2455,51 +2455,51 @@
       </c>
       <c r="E17" s="7">
         <v>0.46</v>
       </c>
       <c r="F17" s="7">
         <v>0.55</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="7">
         <v>0.65</v>
       </c>
       <c r="C18" s="7">
         <v>0.69</v>
       </c>
       <c r="D18" s="7">
         <v>0.73</v>
       </c>
       <c r="E18" s="7">
         <v>0.68</v>
       </c>
       <c r="F18" s="7">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="7">
         <v>0.69</v>
       </c>
       <c r="C19" s="7">
         <v>0.77</v>
       </c>
       <c r="D19" s="7">
         <v>0.82</v>
       </c>
       <c r="E19" s="7">
         <v>0.88</v>
       </c>
       <c r="F19" s="7">
         <v>0.83</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>26</v>
@@ -2886,51 +2886,51 @@
       </c>
       <c r="E20" s="7">
         <v>0.6</v>
       </c>
       <c r="F20" s="7">
         <v>0.66</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="7">
         <v>0.66</v>
       </c>
       <c r="C21" s="7">
         <v>0.7</v>
       </c>
       <c r="D21" s="7">
         <v>0.74</v>
       </c>
       <c r="E21" s="7">
         <v>0.69</v>
       </c>
       <c r="F21" s="7">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="7">
         <v>0.73</v>
       </c>
       <c r="C22" s="7">
         <v>0.8</v>
       </c>
       <c r="D22" s="7">
         <v>0.84</v>
       </c>
       <c r="E22" s="7">
         <v>0.89</v>
       </c>
       <c r="F22" s="7">
         <v>0.85</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>26</v>
@@ -3237,51 +3237,51 @@
       </c>
       <c r="E17" s="7">
         <v>0.25</v>
       </c>
       <c r="F17" s="7">
         <v>0.3</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="7">
         <v>0.46</v>
       </c>
       <c r="C18" s="7">
         <v>0.49</v>
       </c>
       <c r="D18" s="7">
         <v>0.51</v>
       </c>
       <c r="E18" s="7">
         <v>0.47</v>
       </c>
       <c r="F18" s="7">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="7">
         <v>0.39</v>
       </c>
       <c r="C19" s="7">
         <v>0.45</v>
       </c>
       <c r="D19" s="7">
         <v>0.48</v>
       </c>
       <c r="E19" s="7">
         <v>0.52</v>
       </c>
       <c r="F19" s="7">
         <v>0.48</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>26</v>
@@ -3648,51 +3648,51 @@
       </c>
       <c r="E20" s="7">
         <v>0.44</v>
       </c>
       <c r="F20" s="7">
         <v>0.49</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="7">
         <v>0.48</v>
       </c>
       <c r="C21" s="7">
         <v>0.51</v>
       </c>
       <c r="D21" s="7">
         <v>0.53</v>
       </c>
       <c r="E21" s="7">
         <v>0.5</v>
       </c>
       <c r="F21" s="7">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="7">
         <v>0.45</v>
       </c>
       <c r="C22" s="7">
         <v>0.52</v>
       </c>
       <c r="D22" s="7">
         <v>0.55</v>
       </c>
       <c r="E22" s="7">
         <v>0.6</v>
       </c>
       <c r="F22" s="7">
         <v>0.57</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>26</v>
@@ -3919,51 +3919,51 @@
       </c>
       <c r="E12" s="7">
         <v>3.43</v>
       </c>
       <c r="F12" s="7">
         <v>4.02</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="7">
         <v>4.0099999999999998</v>
       </c>
       <c r="C13" s="7">
         <v>4.54</v>
       </c>
       <c r="D13" s="7">
         <v>5.38</v>
       </c>
       <c r="E13" s="7">
         <v>4.49</v>
       </c>
       <c r="F13" s="7">
-        <v>3.68</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="7">
         <v>5.84</v>
       </c>
       <c r="C14" s="7">
         <v>7.63</v>
       </c>
       <c r="D14" s="7">
         <v>9.77</v>
       </c>
       <c r="E14" s="7">
         <v>13.56</v>
       </c>
       <c r="F14" s="7">
         <v>9.99</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>26</v>
@@ -4250,51 +4250,51 @@
       </c>
       <c r="E15" s="7">
         <v>9.42</v>
       </c>
       <c r="F15" s="7">
         <v>3.48</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="7">
         <v>7.93</v>
       </c>
       <c r="C16" s="7">
         <v>7.14</v>
       </c>
       <c r="D16" s="7">
         <v>8.14</v>
       </c>
       <c r="E16" s="7">
         <v>8.33</v>
       </c>
       <c r="F16" s="7">
-        <v>7.12</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="7">
         <v>3.97</v>
       </c>
       <c r="C17" s="7">
         <v>2.91</v>
       </c>
       <c r="D17" s="7">
         <v>1.59</v>
       </c>
       <c r="E17" s="7">
         <v>-0.62</v>
       </c>
       <c r="F17" s="7">
         <v>-7.89</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>26</v>