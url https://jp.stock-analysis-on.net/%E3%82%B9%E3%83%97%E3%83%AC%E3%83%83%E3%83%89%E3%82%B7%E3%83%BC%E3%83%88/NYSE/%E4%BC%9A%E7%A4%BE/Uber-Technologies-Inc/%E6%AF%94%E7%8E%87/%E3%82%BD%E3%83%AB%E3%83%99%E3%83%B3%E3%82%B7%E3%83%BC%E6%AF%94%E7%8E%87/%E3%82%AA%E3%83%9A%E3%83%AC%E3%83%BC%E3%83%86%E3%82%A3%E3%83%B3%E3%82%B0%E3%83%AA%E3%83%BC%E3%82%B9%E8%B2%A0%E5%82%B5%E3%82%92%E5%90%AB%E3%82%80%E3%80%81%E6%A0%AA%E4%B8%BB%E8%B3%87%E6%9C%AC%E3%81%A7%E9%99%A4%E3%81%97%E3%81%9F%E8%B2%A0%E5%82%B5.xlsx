--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -853,51 +853,51 @@
       </c>
       <c r="E20" s="14">
         <v>1.51</v>
       </c>
       <c r="F20" s="14">
         <v>1.97</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="14">
         <v>1.92</v>
       </c>
       <c r="C21" s="14">
         <v>2.31</v>
       </c>
       <c r="D21" s="14">
         <v>2.87</v>
       </c>
       <c r="E21" s="14">
         <v>2.22</v>
       </c>
       <c r="F21" s="14">
-        <v>1.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="14">
         <v>2.65</v>
       </c>
       <c r="C22" s="14">
         <v>3.94</v>
       </c>
       <c r="D22" s="14">
         <v>5.41</v>
       </c>
       <c r="E22" s="14">
         <v>8.17</v>
       </c>
       <c r="F22" s="14">
         <v>5.69</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>18</v>