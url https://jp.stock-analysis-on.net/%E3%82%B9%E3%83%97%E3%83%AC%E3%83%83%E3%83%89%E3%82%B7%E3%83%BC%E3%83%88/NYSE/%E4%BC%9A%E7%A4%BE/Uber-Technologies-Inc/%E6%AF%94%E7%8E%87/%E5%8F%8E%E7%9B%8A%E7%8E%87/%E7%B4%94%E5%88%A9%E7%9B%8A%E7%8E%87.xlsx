--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -686,51 +686,51 @@
       </c>
       <c r="E12" s="12">
         <v>0.0623</v>
       </c>
       <c r="F12" s="12">
         <v>0.0186</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>0.2782</v>
       </c>
       <c r="C13" s="12">
         <v>0.2645</v>
       </c>
       <c r="D13" s="12">
         <v>0.2813</v>
       </c>
       <c r="E13" s="12">
         <v>0.2992</v>
       </c>
       <c r="F13" s="12">
-        <v>0.2738</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>0.0552</v>
       </c>
       <c r="C14" s="12">
         <v>0.0487</v>
       </c>
       <c r="D14" s="12">
         <v>0.0164</v>
       </c>
       <c r="E14" s="12">
         <v>-0.0797</v>
       </c>
       <c r="F14" s="12">
         <v>-0.4604</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>