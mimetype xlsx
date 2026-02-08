--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -615,203 +615,203 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>7138.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>6747.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>6379.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>6998.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>6523.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5349.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>2028.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>2047.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>1854.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>2074.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>1955.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="8">
+        <v>9166.0</v>
+      </c>
+      <c r="C8" s="8">
         <v>8794.0</v>
       </c>
-      <c r="C8" s="8">
+      <c r="D8" s="8">
         <v>8233.0</v>
       </c>
-      <c r="D8" s="8">
+      <c r="E8" s="8">
         <v>9072.0</v>
       </c>
-      <c r="E8" s="8">
+      <c r="F8" s="8">
         <v>8478.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6980.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="6">
+        <v>1309.0</v>
+      </c>
+      <c r="C9" s="6">
         <v>1269.0</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>1340.0</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>1271.0</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F9" s="6">
         <v>1157.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1141.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="8">
+        <v>10475.0</v>
+      </c>
+      <c r="C10" s="8">
         <v>10063.0</v>
       </c>
-      <c r="C10" s="8">
+      <c r="D10" s="8">
         <v>9573.0</v>
       </c>
-      <c r="D10" s="8">
+      <c r="E10" s="8">
         <v>10343.0</v>
       </c>
-      <c r="E10" s="8">
+      <c r="F10" s="8">
         <v>9635.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>8121.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>2465.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>2398.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>2318.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>2246.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>2208.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2210.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="8">
+        <v>12940.0</v>
+      </c>
+      <c r="C12" s="8">
         <v>12461.0</v>
       </c>
-      <c r="C12" s="8">
+      <c r="D12" s="8">
         <v>11891.0</v>
       </c>
-      <c r="D12" s="8">
+      <c r="E12" s="8">
         <v>12589.0</v>
       </c>
-      <c r="E12" s="8">
+      <c r="F12" s="8">
         <v>11843.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>10331.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B19"/>
@@ -823,407 +823,407 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="1" ht="34.8">
       <c r="A4" s="11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="6">
-        <v>179326.0</v>
+        <v>180451.0</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="6">
-        <v>12461.0</v>
+        <v>12940.0</v>
       </c>
     </row>
     <row r="7" spans="1:2" customHeight="1" ht="34.8">
       <c r="A7" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="13">
-        <v>14.39</v>
+        <v>13.95</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="16">
-        <v>9.59</v>
+        <v>9.71</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="16">
-        <v>29.81</v>
+        <v>29.64</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="16">
-        <v>5.71</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="16">
-        <v>9.56</v>
+        <v>9.61</v>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="1" ht="28.8">
       <c r="A15" s="14" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="16">
-        <v>12.23</v>
+        <v>12.33</v>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="16">
-        <v>21.77</v>
+        <v>22.39</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="6">
+        <v>180451.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>176462.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>183633.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>158093.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>183147.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>161709.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="6">
+        <v>12940.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>12461.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>11891.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>12589.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>11843.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>10331.0</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="13">
+        <v>13.95</v>
+      </c>
+      <c r="C9" s="13">
         <v>14.16</v>
       </c>
-      <c r="C9" s="13">
+      <c r="D9" s="13">
         <v>15.44</v>
       </c>
-      <c r="D9" s="13">
+      <c r="E9" s="13">
         <v>12.56</v>
       </c>
-      <c r="E9" s="13">
+      <c r="F9" s="13">
         <v>15.46</v>
-      </c>
-[...1 lines deleted...]
-        <v>15.65</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="11" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="16">
+        <v>6.51</v>
+      </c>
+      <c r="C12" s="16">
         <v>8.12</v>
       </c>
-      <c r="C12" s="16">
+      <c r="D12" s="16">
         <v>7.59</v>
       </c>
-      <c r="D12" s="16">
+      <c r="E12" s="16">
         <v>7.33</v>
       </c>
-      <c r="E12" s="16">
+      <c r="F12" s="16">
         <v>8.22</v>
-      </c>
-[...1 lines deleted...]
-        <v>10.09</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="16">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="16">
         <v>31.61</v>
       </c>
-      <c r="C13" s="16">
+      <c r="D13" s="16">
         <v>45.37</v>
       </c>
-      <c r="D13" s="16">
+      <c r="E13" s="16">
         <v>0.0</v>
       </c>
-      <c r="E13" s="16">
+      <c r="F13" s="16">
         <v>227.40000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="16">
+        <v>0.0</v>
+      </c>
+      <c r="C14" s="16">
         <v>5.22</v>
       </c>
-      <c r="C14" s="16">
+      <c r="D14" s="16">
         <v>4.11</v>
       </c>
-      <c r="D14" s="16">
+      <c r="E14" s="16">
         <v>6.23</v>
       </c>
-      <c r="E14" s="16">
+      <c r="F14" s="16">
         <v>21.49</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="16">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="16">
         <v>9.53</v>
       </c>
-      <c r="C15" s="16">
+      <c r="D15" s="16">
         <v>11.23</v>
       </c>
-      <c r="D15" s="16">
+      <c r="E15" s="16">
         <v>8.83</v>
       </c>
-      <c r="E15" s="16">
+      <c r="F15" s="16">
         <v>9.55</v>
-      </c>
-[...1 lines deleted...]
-        <v>30.22</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="14" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="16">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="16">
         <v>12.050000000000001</v>
       </c>
-      <c r="C17" s="16">
+      <c r="D17" s="16">
         <v>13.12</v>
       </c>
-      <c r="D17" s="16">
+      <c r="E17" s="16">
         <v>13.09</v>
       </c>
-      <c r="E17" s="16">
+      <c r="F17" s="16">
         <v>12.72</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="28.8">
       <c r="A18" s="14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="16">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="16">
         <v>17.18</v>
       </c>
-      <c r="C19" s="16">
+      <c r="D19" s="16">
         <v>14.82</v>
       </c>
-      <c r="D19" s="16">
+      <c r="E19" s="16">
         <v>16.44</v>
       </c>
-      <c r="E19" s="16">
+      <c r="F19" s="16">
         <v>16.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>