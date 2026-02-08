--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -38,51 +38,51 @@
   <si>
     <t>有料ユーザーエリア。データは利用できません!</t>
   </si>
   <si>
     <t>Union Pacific Corp.</t>
   </si>
   <si>
     <t>連結包括利益計算書</t>
   </si>
   <si>
     <t>百万米ドル</t>
   </si>
   <si>
     <t>12ヶ月終了</t>
   </si>
   <si>
     <t>手取り</t>
   </si>
   <si>
     <t>確定給付型年金制度</t>
   </si>
   <si>
     <t>外貨換算</t>
   </si>
   <si>
-    <t>デリバティブ商品の未実現利益(損失)</t>
+    <t>デリバティブ</t>
   </si>
   <si>
     <t>その他の包括利益(損失)(繰延税金控除後)</t>
   </si>
   <si>
     <t>包括利益</t>
   </si>
   <si>
     <t>源： https://jp.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-411]yyyy/mm/dd"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -536,63 +536,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>