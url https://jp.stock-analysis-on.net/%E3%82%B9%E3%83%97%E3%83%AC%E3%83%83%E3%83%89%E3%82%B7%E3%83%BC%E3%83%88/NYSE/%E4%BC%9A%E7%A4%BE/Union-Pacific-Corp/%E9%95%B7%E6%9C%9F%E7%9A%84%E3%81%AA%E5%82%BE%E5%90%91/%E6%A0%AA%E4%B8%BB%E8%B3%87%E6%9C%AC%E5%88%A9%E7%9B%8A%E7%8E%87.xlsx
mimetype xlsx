--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -522,1398 +522,1454 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H27" sqref="H27"/>
+      <selection activeCell="H28" sqref="H28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="4.055" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.055" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.055" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D6" s="5">
         <v>100</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H7" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="6">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="6">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="6">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="6">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="6">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="6">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="6">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="6">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="6">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="6">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H21" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="6">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H22" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="6">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H23" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="6">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H24" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="6">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F25" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H25" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="6">
+        <v>39082</v>
+      </c>
+      <c r="B26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H26" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" s="6">
         <v>38717</v>
       </c>
-      <c r="B26" s="7" t="e">
-[...10 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="B27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="H27" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="9"/>
-[...5 lines deleted...]
-      <c r="H27" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F27" sqref="F27"/>
+      <selection activeCell="F28" sqref="F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="6">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="6">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="6">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="6">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="6">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="6">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="6">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="6">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F22" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="6">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="6">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="6">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F25" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="6">
+        <v>39082</v>
+      </c>
+      <c r="B26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="6">
         <v>38717</v>
       </c>
-      <c r="B26" s="7" t="e">
-[...16 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="B27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="9"/>
-[...3 lines deleted...]
-      <c r="F27" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="6">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="6">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="6">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="6">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="6">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="6">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="6">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="6">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="6">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="6">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="6">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="6">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="6">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="6">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C25" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="6">
+        <v>39082</v>
+      </c>
+      <c r="B26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="6">
         <v>38717</v>
       </c>
-      <c r="B26" s="7" t="e">
-[...7 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="B27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="9"/>
-      <c r="C27" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="6">
-        <v>45657</v>
+        <v>46022</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="6">
-        <v>45291</v>
+        <v>45657</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="6">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="6">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="6">
-        <v>44196</v>
+        <v>44561</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="6">
-        <v>43830</v>
+        <v>44196</v>
       </c>
       <c r="B12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="6">
-        <v>43465</v>
+        <v>43830</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="6">
-        <v>43100</v>
+        <v>43465</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="6">
-        <v>42735</v>
+        <v>43100</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="6">
-        <v>42369</v>
+        <v>42735</v>
       </c>
       <c r="B16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="6">
-        <v>42004</v>
+        <v>42369</v>
       </c>
       <c r="B17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="6">
-        <v>41639</v>
+        <v>42004</v>
       </c>
       <c r="B18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="6">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="B19" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="6">
-        <v>40908</v>
+        <v>41274</v>
       </c>
       <c r="B20" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="6">
-        <v>40543</v>
+        <v>40908</v>
       </c>
       <c r="B21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="6">
-        <v>40178</v>
+        <v>40543</v>
       </c>
       <c r="B22" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C22" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="6">
-        <v>39813</v>
+        <v>40178</v>
       </c>
       <c r="B23" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="6">
-        <v>39447</v>
+        <v>39813</v>
       </c>
       <c r="B24" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="6">
-        <v>39082</v>
+        <v>39447</v>
       </c>
       <c r="B25" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C25" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="6">
+        <v>39082</v>
+      </c>
+      <c r="B26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C26" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="6">
         <v>38717</v>
       </c>
-      <c r="B26" s="7" t="e">
-[...7 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="B27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C27" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B27" s="9"/>
-      <c r="C27" s="9"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">