--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -709,51 +709,51 @@
       </c>
       <c r="E13" s="12">
         <v>-0.0343</v>
       </c>
       <c r="F13" s="12">
         <v>-0.5518</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
         <v>0.3995</v>
       </c>
       <c r="C14" s="12">
         <v>0.4314</v>
       </c>
       <c r="D14" s="12">
         <v>0.5754</v>
       </c>
       <c r="E14" s="12">
         <v>0.4606</v>
       </c>
       <c r="F14" s="12">
-        <v>0.3154</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="12">
         <v>0.2484</v>
       </c>
       <c r="C15" s="12">
         <v>0.2808</v>
       </c>
       <c r="D15" s="12">
         <v>0.1069</v>
       </c>
       <c r="E15" s="12">
         <v>-0.3905</v>
       </c>
       <c r="F15" s="12">
         <v>-1.1861</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>13</v>