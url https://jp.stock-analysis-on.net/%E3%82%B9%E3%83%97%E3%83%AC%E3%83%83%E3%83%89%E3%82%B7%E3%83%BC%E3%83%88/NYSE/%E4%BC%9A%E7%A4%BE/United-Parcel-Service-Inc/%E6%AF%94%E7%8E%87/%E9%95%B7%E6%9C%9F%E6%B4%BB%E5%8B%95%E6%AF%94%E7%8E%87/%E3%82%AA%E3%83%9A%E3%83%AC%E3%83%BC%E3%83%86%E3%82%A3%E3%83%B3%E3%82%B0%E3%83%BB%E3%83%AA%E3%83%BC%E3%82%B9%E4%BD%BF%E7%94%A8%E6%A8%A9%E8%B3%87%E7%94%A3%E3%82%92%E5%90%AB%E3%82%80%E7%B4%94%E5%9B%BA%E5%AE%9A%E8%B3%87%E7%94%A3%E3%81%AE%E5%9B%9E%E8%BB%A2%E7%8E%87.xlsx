--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -755,51 +755,51 @@
       </c>
       <c r="E16" s="13">
         <v>5.39</v>
       </c>
       <c r="F16" s="13">
         <v>3.61</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
         <v>0.41</v>
       </c>
       <c r="C17" s="13">
         <v>0.41</v>
       </c>
       <c r="D17" s="13">
         <v>0.43</v>
       </c>
       <c r="E17" s="13">
         <v>0.38</v>
       </c>
       <c r="F17" s="13">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>1.22</v>
       </c>
       <c r="C18" s="13">
         <v>1.23</v>
       </c>
       <c r="D18" s="13">
         <v>1.17</v>
       </c>
       <c r="E18" s="13">
         <v>0.67</v>
       </c>
       <c r="F18" s="13">
         <v>0.43</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="11" t="s">
         <v>14</v>