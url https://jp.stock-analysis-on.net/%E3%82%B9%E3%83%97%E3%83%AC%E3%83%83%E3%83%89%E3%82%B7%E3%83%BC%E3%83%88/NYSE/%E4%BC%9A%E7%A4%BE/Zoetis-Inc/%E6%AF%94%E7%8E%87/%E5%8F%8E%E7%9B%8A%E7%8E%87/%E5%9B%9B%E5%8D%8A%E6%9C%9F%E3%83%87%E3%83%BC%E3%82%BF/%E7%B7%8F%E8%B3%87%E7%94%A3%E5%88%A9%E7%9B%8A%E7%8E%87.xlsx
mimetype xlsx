--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1362,60 +1362,60 @@
       <c r="C22" s="13">
         <v>0.1195</v>
       </c>
       <c r="D22" s="13">
         <v>0.1241</v>
       </c>
       <c r="E22" s="13">
         <v>0.1402</v>
       </c>
       <c r="F22" s="13">
         <v>0.1391</v>
       </c>
       <c r="G22" s="13">
         <v>0.1485</v>
       </c>
       <c r="H22" s="13">
         <v>0.194</v>
       </c>
       <c r="I22" s="13">
         <v>0.209</v>
       </c>
       <c r="J22" s="13">
         <v>0.3011</v>
       </c>
       <c r="K22" s="13">
-        <v>0.3175</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="13">
-        <v>0.2955</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="13">
-        <v>0.2888</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="13">
-        <v>0.2253</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="13">
         <v>0.0</v>
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>
       <c r="Q22" s="13">
         <v>0.0</v>
       </c>
       <c r="R22" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="13">
         <v>0.0621</v>
       </c>
       <c r="C23" s="13">
         <v>0.0607</v>
       </c>
       <c r="D23" s="13">