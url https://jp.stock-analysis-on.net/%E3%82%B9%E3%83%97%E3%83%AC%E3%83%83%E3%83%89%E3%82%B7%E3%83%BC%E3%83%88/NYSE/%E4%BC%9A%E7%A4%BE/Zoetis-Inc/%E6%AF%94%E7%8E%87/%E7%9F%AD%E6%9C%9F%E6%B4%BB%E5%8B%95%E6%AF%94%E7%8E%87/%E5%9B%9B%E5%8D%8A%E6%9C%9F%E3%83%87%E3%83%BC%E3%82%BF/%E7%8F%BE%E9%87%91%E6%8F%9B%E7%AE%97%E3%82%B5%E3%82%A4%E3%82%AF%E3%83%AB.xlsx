--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1304,60 +1304,60 @@
       <c r="C22" s="8">
         <v>555.0</v>
       </c>
       <c r="D22" s="8">
         <v>558.0</v>
       </c>
       <c r="E22" s="8">
         <v>564.0</v>
       </c>
       <c r="F22" s="8">
         <v>564.0</v>
       </c>
       <c r="G22" s="8">
         <v>584.0</v>
       </c>
       <c r="H22" s="8">
         <v>490.0</v>
       </c>
       <c r="I22" s="8">
         <v>420.0</v>
       </c>
       <c r="J22" s="8">
         <v>326.0</v>
       </c>
       <c r="K22" s="8">
-        <v>345.0</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="8">
-        <v>476.0</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="8">
-        <v>544.0</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>655.0</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
         <v>0.0</v>
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="8">
         <v>105.0</v>
       </c>
       <c r="C23" s="8">
         <v>101.0</v>
       </c>
       <c r="D23" s="8">