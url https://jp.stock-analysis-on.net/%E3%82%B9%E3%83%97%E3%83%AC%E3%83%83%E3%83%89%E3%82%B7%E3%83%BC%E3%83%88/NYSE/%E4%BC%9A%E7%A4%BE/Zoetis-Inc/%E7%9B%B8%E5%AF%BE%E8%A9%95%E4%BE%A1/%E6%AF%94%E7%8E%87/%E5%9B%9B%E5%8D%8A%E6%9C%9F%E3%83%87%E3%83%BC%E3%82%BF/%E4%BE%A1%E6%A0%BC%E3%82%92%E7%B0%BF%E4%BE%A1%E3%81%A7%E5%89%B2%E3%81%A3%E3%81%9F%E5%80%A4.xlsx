--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1483,60 +1483,60 @@
       <c r="C24" s="10">
         <v>3.96</v>
       </c>
       <c r="D24" s="10">
         <v>3.58</v>
       </c>
       <c r="E24" s="10">
         <v>3.49</v>
       </c>
       <c r="F24" s="10">
         <v>3.52</v>
       </c>
       <c r="G24" s="10">
         <v>3.77</v>
       </c>
       <c r="H24" s="10">
         <v>3.75</v>
       </c>
       <c r="I24" s="10">
         <v>3.21</v>
       </c>
       <c r="J24" s="10">
         <v>3.65</v>
       </c>
       <c r="K24" s="10">
-        <v>3.6</v>
+        <v>0.0</v>
       </c>
       <c r="L24" s="10">
-        <v>4.04</v>
+        <v>0.0</v>
       </c>
       <c r="M24" s="10">
-        <v>4.26</v>
+        <v>0.0</v>
       </c>
       <c r="N24" s="10">
-        <v>4.44</v>
+        <v>0.0</v>
       </c>
       <c r="O24" s="10">
         <v>0.0</v>
       </c>
       <c r="P24" s="10">
         <v>0.0</v>
       </c>
       <c r="Q24" s="10">
         <v>0.0</v>
       </c>
       <c r="R24" s="10">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="10">
         <v>4.8</v>
       </c>
       <c r="C25" s="10">
         <v>4.57</v>
       </c>
       <c r="D25" s="10">